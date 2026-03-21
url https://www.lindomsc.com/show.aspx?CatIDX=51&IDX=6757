--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mydocs.msc.com/personal/carlo_ma_msc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="121" documentId="13_ncr:1_{A1549020-F33A-4E24-89CD-0ACF3252959A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AC1F48C6-0226-42DD-A393-1043C06F2ED8}"/>
+  <xr:revisionPtr revIDLastSave="149" documentId="13_ncr:1_{A1549020-F33A-4E24-89CD-0ACF3252959A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B9C06FC3-87BE-4D26-ABEF-8CB227151734}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="总述" sheetId="3" r:id="rId1"/>
     <sheet name="各国家要求" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">各国家要求!$A$1:$Z$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -486,57 +486,66 @@
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>转运货物无需提供。
 相关查询网站如下：
 E-mail: bsc@phoenix-europe.fr
 Web Site: www.phoenix-europe.fr</t>
         </r>
       </text>
     </comment>
     <comment ref="Y22" authorId="0" shapeId="0" xr:uid="{3DF0F4B9-ADEF-4658-AE46-E35DEAB40236}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>When a vehicle is part of the cargo, below information is compulsory ON BOTH BL AND CARGO MANIFEST:
+          <t xml:space="preserve">When a vehicle is part of the cargo, below information is compulsory ON BOTH BL AND CARGO MANIFEST:
 - chassis number
 - Manufacturer 
 - Model
 - Type of vehicle
 - Manufacturing year
-- Number of engine cylinder</t>
+- Number of engine cylinder
+Effective March 16/2026 discharging date, the following informations will be mandatory on both BL and cargo manifest for all imports of mobile phones and/or mobile devices:
+• Total number of phones and devices
+• Serial number of the mobile device
+• Manufacturer
+• Model
+• Year of manufacture
+• Total number of IMEIs for the device
+• IMEI numbers 1, 2, 3, .
+</t>
         </r>
       </text>
     </comment>
     <comment ref="G23" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000019000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">不能只显示To order
 可接受To Order of xxxx，但必须显示公司名和地址，同时Notify party必须是Canada当地真正收货人。
 </t>
         </r>
       </text>
     </comment>
     <comment ref="Q23" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001A000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
@@ -576,53 +585,53 @@
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>工业废料；
 对动植物/农业及人类健康造成危害的有毒产品等，详见以下网页：
 www.dgmn.cl
 www.sag.gob.cl
 www.cchen.cl
 www.subpesca.cl；
 www.subtel.cl；
 www.minsal.cl；
 www.cites.org</t>
         </r>
       </text>
     </comment>
     <comment ref="Y25" authorId="3" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001D000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">1) 当货物需中转CARGO IN TRANSIT TO BOLIVIA , BL and manifest must be read: “CARGA EN TRÁNSITO A BOLIVIA” or “CARGO IN TRANSIT TO BOLIVIA” 
+          <t>1) 当货物需中转CARGO IN TRANSIT TO BOLIVIA , BL and manifest must be read: “CARGA EN TRÁNSITO A BOLIVIA” or “CARGO IN TRANSIT TO BOLIVIA” 
 2)自第30周出运的航次起，应智利海关的要求，凡是到智利的货物，舱单中所有的运费都将被打印的提单上，包括发货港的附加费 (origin DOC fee &amp; OTHC)
-</t>
+3）Personal effects cargo destined for discharge at Chilean ports with transit to Argentina is not allowed</t>
         </r>
       </text>
     </comment>
     <comment ref="X26" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001E000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>糖类和船舶配件需先与目的港确认。</t>
         </r>
       </text>
     </comment>
     <comment ref="X28" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00001F000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
@@ -4583,51 +4592,51 @@
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>显示完整的Shipper；
 到Harare的货物--需确保会在货物到港前提供装箱单及发票给当地CSR，并注意以下5个要求：
 Please refer to below request and ensure to pass to shipper, any question, please feel free to contact local CS Team who is in copy as well.
 1. All the items listed on packing list and invoice must be in strict conformity with that of OB/L  like shpr, cnee’s name, gross weight, measurement etc.
 2. HS Code of each item, origin of commodity,  consignee’s detailed information( Physical address is requested and PO BOX Address is prohibited)  must be listed on packing list 
 3. Each container is in correspondence to 1 set of packing list and invoice. 
 4. Packing List and invoice must be drafted on the paper with shpr’s letter-head
 5. Packing List and invoice must be clear to be ascertained</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3335" uniqueCount="634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3336" uniqueCount="635">
   <si>
     <t>操 作 指 南</t>
   </si>
   <si>
     <t>MSC订舱及文件相关要求 (适用于所有航线）</t>
   </si>
   <si>
     <t>*非危化工品</t>
   </si>
   <si>
     <t>需提供化工研究院出具的“货物运输条件鉴定书”扫描件，即相同的英文品名在鉴定书有效期内则不需再次提供鉴定书。</t>
   </si>
   <si>
     <t>*监装保函</t>
   </si>
   <si>
     <t>包括但不限于不锈钢卷、镀锌钢卷，彩涂卷，不锈钢带等货物的订舱。可先提供照片，由booking team甄别，如需监装，请将“要求监装保函”盖章后发扫描件至我司。</t>
   </si>
   <si>
     <t>*危险品保函以及相关申请材料</t>
   </si>
   <si>
     <t>请将相关材料送至我司DG TEAM。</t>
   </si>
   <si>
@@ -5205,51 +5214,56 @@
 11 Corn sweet
 12 Jams and marmalades
 13 Chocolate in Tablet, not filled
 14 Rusks with added sweeteners, waffles and wafers.
 15 Chocolate and other food preparations containing cocoa
 16 Canned goods
 E)INDUSTRIAL PRODUCTS :
 1 Taps products
 2 Electric transformers
 3 finished marble
 4 finished granite
 5 Red Products (Bricks and Tiles)
 6 Carpets
 7 Finished plastic products (Plastic Goods)
 8 Furniture and Chandeliers</t>
   </si>
   <si>
     <t>TAX=NIF
 (personal Effects, public institutions除外）</t>
   </si>
   <si>
     <t xml:space="preserve">旧衣物：需要提供 fumigation 证书。 
 新汽车：
 1）需提供该车辆的商业发票证明。
 2）需提供汽车制造商的合格证书。
-3）从购买之日到装运日不超过30天，行驶里程不超过1000公里。                                 </t>
+3）从购买之日到装运日不超过30天，行驶里程不超过1000公里。                                  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">如涉及货代单(HBL)的拼箱货，提单上需显示货代提单单号及HBL发货人公司名，HBL收货人公司名、地址及税号，品名，海关编码，件数，毛重等信息；多个HS code, 且前 6 位不同，需分列品名件毛体。
+如不涉及货代单(HBL)的拼箱货, 每个集装箱也需提供至少一个6位数HS code，但无需分列。
+车辆货物需提供车架号，制造商，型号等信息，具体详见。。。 </t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>需要确认</t>
   </si>
   <si>
     <t>右驾驶的车等...</t>
   </si>
   <si>
     <t xml:space="preserve">1)ARC                       2)Tax of CNEE </t>
   </si>
   <si>
     <t>(详见)</t>
   </si>
   <si>
     <t>CY-CY</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t xml:space="preserve">空箱
 </t>
@@ -5539,53 +5553,50 @@
     <t>Cambodia</t>
   </si>
   <si>
     <t>REEFER</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>禁运物品详见：</t>
   </si>
   <si>
     <t>不接受二手货物</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
     <t>不接受笼统的品名，如：</t>
   </si>
   <si>
     <t xml:space="preserve">需提供详细的品名。
 </t>
   </si>
   <si>
-    <t>品名若含有vehicle，要求详见备注：</t>
-[...1 lines deleted...]
-  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>No(但是…</t>
   </si>
   <si>
     <t xml:space="preserve">Pallets  </t>
   </si>
   <si>
     <t>40DV(温哥华可接)</t>
   </si>
   <si>
     <t>加拿大内陆点金属卷包括承重金属单件超过3500磅</t>
   </si>
   <si>
     <t>GTS (CNEE 为非加大拿公司需提供并显示</t>
   </si>
   <si>
     <t>液袋包装货物运输到加拿大内陆点，需要CNRAIL 事先确认</t>
   </si>
   <si>
     <t>当出运货为Personal Effects and Household Goods,必需指定一个当地代理公司作为清关</t>
   </si>
   <si>
     <t>Cape Verde</t>
@@ -5886,50 +5897,56 @@
     <t>旧轮胎和橡胶碎片</t>
   </si>
   <si>
     <t>必须显示具体的英文品名</t>
   </si>
   <si>
     <t>"General cargo"不接受. 只接受英文提单和舱单</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t xml:space="preserve">去Puerto Barrios 订舱前需要销售确认，我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
   </si>
   <si>
     <t xml:space="preserve">我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
     <t>废旧物品/材料,旧的交通工具</t>
   </si>
   <si>
     <t>ICTN/BESE 详见。。。</t>
+  </si>
+  <si>
+    <t>个人不能作为通知人</t>
+  </si>
+  <si>
+    <t>个人不能作为通知人                          车辆货物要求详见。。。</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
     <t>CEE</t>
   </si>
   <si>
     <t>Yes (除…)</t>
   </si>
   <si>
     <t>CTN (Cargo Tracking Note) BY SHR</t>
   </si>
   <si>
     <t>到付货不接受(包括DTHC),如第三地付需要第三地的确认</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>旧轮胎和橡胶</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
@@ -6922,81 +6939,57 @@
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>显示完整的Shipper;需以邮件形式….</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>车龄超过5年的旧车；任何左驾驶的车辆；</t>
   </si>
   <si>
     <t xml:space="preserve">coc number(CERTIFICATE OF CONFORMITY) of CARGO </t>
   </si>
   <si>
     <t>*上述所有信息仅作参考，提单显示所有解释权归MSC所有。</t>
   </si>
   <si>
     <t>* 所有港口禁运物品及动植物检验同时受其中转港要求的约束。</t>
   </si>
   <si>
     <t>* 表格中有注解栏的请点击                                     查询其具体内容。</t>
   </si>
   <si>
-    <t>如涉及货代单(HBL)的拼箱货，提单上需显示货代提单单号及HBL发货人公司名，HBL收货人公司名、地址及税号，品名，海关编码，件数，毛重等信息；多个HS code, 且前 6 位不同，需分列品名件毛体。
-[...29 lines deleted...]
-    <t>更新日期：2026.1.13</t>
+    <t>Personal effects cargo destined for discharge at Chilean ports with transit to Argentina is not allowed</t>
+  </si>
+  <si>
+    <t>更新日期：2026.3.17</t>
+  </si>
+  <si>
+    <t>品名若含有vehicle，mobile phones and/or mobile devices 要求详见备注：</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="宋体"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
@@ -7178,82 +7171,90 @@
       <color theme="1"/>
       <name val="Microsoft YaHei"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <strike/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="9"/>
-      <color rgb="FF000000"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -7358,73 +7359,73 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="常规_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FF333399"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -7873,52 +7874,52 @@
   <threadedComment ref="P90" dT="2019-09-30T09:24:29.84" personId="{59F2D44E-5AE3-4657-8D0B-85E5484FAC63}" id="{2E6B6798-15FE-4C2B-A64D-80BD59481E6C}" parentId="{1B4279D4-9148-449E-8C00-456279C0DBC5}">
     <text>Consignee field must be “Actual Party Address” which mean that party should be cargo clearing address not freight forwarding</text>
   </threadedComment>
   <threadedComment ref="F96" dT="2021-03-12T07:18:53.20" personId="{F794CFD3-11B8-4B1D-8D91-C9BD940D041D}" id="{19C03B3F-A82E-46F5-84EC-C3412ECA177F}">
     <text>如下所列品名需要做到付确认
 rice/Beans/construction materials</text>
   </threadedComment>
   <threadedComment ref="H130" dT="2023-05-24T09:12:41.52" personId="{5A6F51DA-5FAD-4D6D-B7EE-019127C2BA09}" id="{8223F0DC-09D2-4D48-A48E-706D8011DD8C}">
     <text xml:space="preserve">FORBIDDEN PACKAGES IN TIMOR LESTE SUCH AS AS RADIOACTIVE, AMMUNITION AND EXPLOSIVE MUST GET AUTHORIZATION FROM AUTHORITY BEFORE IT IS IMPORTED OR CONSIGNEE MUST HAVE IMPORT LICENSE TO IMPORT IT INTO TIMOR LESTE </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R111"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="188.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="61.5">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:18" ht="21">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
@@ -8440,199 +8441,199 @@
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>923925</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>742950</xdr:rowOff>
               </to>
             </anchor>
           </objectPr>
         </oleObject>
       </mc:Choice>
       <mc:Fallback>
         <oleObject progId="Word.Picture.8" shapeId="4099" r:id="rId4"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Z148"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" ySplit="4" topLeftCell="B18" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="M10" sqref="M10"/>
+      <selection pane="bottomRight" activeCell="AA19" sqref="AA19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="21" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="21" customWidth="1"/>
     <col min="3" max="4" width="7.5703125" style="21" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="21" customWidth="1"/>
     <col min="6" max="6" width="8.28515625" style="21" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" style="21" customWidth="1"/>
     <col min="8" max="8" width="8" style="21" customWidth="1"/>
     <col min="9" max="9" width="5" style="21" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" style="21" customWidth="1"/>
     <col min="11" max="11" width="26.140625" style="21" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.5703125" style="21" customWidth="1"/>
     <col min="14" max="16" width="7.5703125" style="21" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="21" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="21" customWidth="1"/>
     <col min="19" max="21" width="6" style="21" customWidth="1"/>
     <col min="22" max="22" width="10" style="21" customWidth="1"/>
     <col min="23" max="23" width="11.5703125" style="21" customWidth="1"/>
     <col min="24" max="24" width="31" style="21" customWidth="1"/>
     <col min="25" max="25" width="29.85546875" style="21" customWidth="1"/>
     <col min="26" max="26" width="27.7109375" style="21" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="20"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="15" customHeight="1">
-      <c r="A3" s="40" t="s">
+      <c r="A3" s="39" t="s">
         <v>95</v>
       </c>
-      <c r="B3" s="38" t="s">
+      <c r="B3" s="41" t="s">
         <v>96</v>
       </c>
-      <c r="C3" s="38" t="s">
+      <c r="C3" s="41" t="s">
         <v>97</v>
       </c>
-      <c r="D3" s="38" t="s">
+      <c r="D3" s="41" t="s">
         <v>98</v>
       </c>
-      <c r="E3" s="38" t="s">
+      <c r="E3" s="41" t="s">
         <v>99</v>
       </c>
-      <c r="F3" s="38" t="s">
+      <c r="F3" s="41" t="s">
         <v>100</v>
       </c>
-      <c r="G3" s="38" t="s">
+      <c r="G3" s="41" t="s">
         <v>101</v>
       </c>
-      <c r="H3" s="38" t="s">
+      <c r="H3" s="41" t="s">
         <v>102</v>
       </c>
-      <c r="I3" s="38" t="s">
+      <c r="I3" s="41" t="s">
         <v>103</v>
       </c>
-      <c r="J3" s="38" t="s">
+      <c r="J3" s="41" t="s">
         <v>104</v>
       </c>
-      <c r="K3" s="38" t="s">
+      <c r="K3" s="41" t="s">
         <v>105</v>
       </c>
-      <c r="L3" s="39" t="s">
+      <c r="L3" s="42" t="s">
         <v>106</v>
       </c>
-      <c r="M3" s="39"/>
-      <c r="N3" s="38" t="s">
+      <c r="M3" s="42"/>
+      <c r="N3" s="41" t="s">
         <v>107</v>
       </c>
-      <c r="O3" s="38"/>
-[...2 lines deleted...]
-      <c r="R3" s="39" t="s">
+      <c r="O3" s="41"/>
+      <c r="P3" s="41"/>
+      <c r="Q3" s="41"/>
+      <c r="R3" s="42" t="s">
         <v>108</v>
       </c>
-      <c r="S3" s="39"/>
-[...2 lines deleted...]
-      <c r="V3" s="38" t="s">
+      <c r="S3" s="42"/>
+      <c r="T3" s="42"/>
+      <c r="U3" s="42"/>
+      <c r="V3" s="41" t="s">
         <v>109</v>
       </c>
-      <c r="W3" s="38" t="s">
+      <c r="W3" s="41" t="s">
         <v>110</v>
       </c>
-      <c r="X3" s="38" t="s">
+      <c r="X3" s="41" t="s">
         <v>111</v>
       </c>
-      <c r="Y3" s="38"/>
+      <c r="Y3" s="41"/>
       <c r="Z3" s="22" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="4" spans="1:26" ht="48">
-      <c r="A4" s="41"/>
-[...9 lines deleted...]
-      <c r="K4" s="38"/>
+      <c r="A4" s="40"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
       <c r="L4" s="22" t="s">
         <v>113</v>
       </c>
       <c r="M4" s="22" t="s">
         <v>114</v>
       </c>
       <c r="N4" s="22" t="s">
         <v>115</v>
       </c>
       <c r="O4" s="22" t="s">
         <v>116</v>
       </c>
       <c r="P4" s="22" t="s">
         <v>117</v>
       </c>
       <c r="Q4" s="22" t="s">
         <v>118</v>
       </c>
       <c r="R4" s="22" t="s">
         <v>119</v>
       </c>
       <c r="S4" s="22" t="s">
         <v>120</v>
       </c>
       <c r="T4" s="22" t="s">
         <v>121</v>
       </c>
       <c r="U4" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="V4" s="38"/>
-      <c r="W4" s="38"/>
+      <c r="V4" s="41"/>
+      <c r="W4" s="41"/>
       <c r="X4" s="22" t="s">
         <v>120</v>
       </c>
       <c r="Y4" s="22" t="s">
         <v>121</v>
       </c>
       <c r="Z4" s="22" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:26" ht="27" customHeight="1">
       <c r="A5" s="23" t="s">
         <v>123</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D5" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>125</v>
@@ -8747,1255 +8748,1255 @@
       </c>
       <c r="P6" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q6" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R6" s="24" t="s">
         <v>132</v>
       </c>
       <c r="S6" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T6" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U6" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V6" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W6" s="24" t="s">
         <v>126</v>
       </c>
-      <c r="X6" s="35" t="s">
+      <c r="X6" s="34" t="s">
         <v>133</v>
       </c>
-      <c r="Y6" s="42" t="s">
-        <v>630</v>
+      <c r="Y6" s="34" t="s">
+        <v>134</v>
       </c>
       <c r="Z6" s="24"/>
     </row>
     <row r="7" spans="1:26" ht="27" customHeight="1">
       <c r="A7" s="23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F7" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I7" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J7" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K7" s="24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="L7" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R7" s="24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="S7" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T7" s="25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="U7" s="24" t="s">
         <v>124</v>
       </c>
       <c r="V7" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W7" s="24" t="s">
         <v>126</v>
       </c>
       <c r="X7" s="24"/>
       <c r="Y7" s="24"/>
       <c r="Z7" s="24"/>
     </row>
     <row r="8" spans="1:26" ht="27" customHeight="1">
       <c r="A8" s="23" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I8" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K8" s="24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L8" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P8" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q8" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V8" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W8" s="24" t="s">
         <v>126</v>
       </c>
       <c r="X8" s="24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Y8" s="24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z8" s="24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="9" spans="1:26" ht="27" customHeight="1">
       <c r="A9" s="23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E9" s="24" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F9" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H9" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I9" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J9" s="24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K9" s="24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L9" s="24">
         <v>6</v>
       </c>
       <c r="M9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N9" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O9" s="24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q9" s="24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R9" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S9" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T9" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U9" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V9" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W9" s="24" t="s">
         <v>126</v>
       </c>
       <c r="X9" s="24"/>
       <c r="Y9" s="24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Z9" s="24"/>
     </row>
     <row r="10" spans="1:26" ht="27" customHeight="1">
       <c r="A10" s="23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E10" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H10" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K10" s="24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="L10" s="24">
         <v>6</v>
       </c>
       <c r="M10" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N10" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P10" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q10" s="24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V10" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W10" s="24" t="s">
         <v>126</v>
       </c>
       <c r="X10" s="24"/>
       <c r="Y10" s="24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Z10" s="24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="38.450000000000003" customHeight="1">
       <c r="A11" s="23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E11" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G11" s="24" t="s">
         <v>125</v>
       </c>
       <c r="H11" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I11" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J11" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K11" s="24"/>
       <c r="L11" s="24">
         <v>6</v>
       </c>
       <c r="M11" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N11" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q11" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R11" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S11" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T11" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U11" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V11" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W11" s="24"/>
       <c r="X11" s="24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="Y11" s="24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Z11" s="24"/>
     </row>
     <row r="12" spans="1:26" ht="27" customHeight="1">
       <c r="A12" s="23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E12" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F12" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H12" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I12" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J12" s="24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K12" s="24"/>
       <c r="L12" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M12" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N12" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P12" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q12" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R12" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S12" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T12" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U12" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V12" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W12" s="24"/>
       <c r="X12" s="24"/>
       <c r="Y12" s="24"/>
       <c r="Z12" s="24"/>
     </row>
     <row r="13" spans="1:26" ht="78" customHeight="1">
       <c r="A13" s="23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E13" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F13" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H13" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I13" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J13" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K13" s="24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L13" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N13" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R13" s="24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="S13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="T13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U13" s="24" t="s">
         <v>124</v>
       </c>
       <c r="V13" s="24"/>
       <c r="W13" s="24"/>
       <c r="X13" s="24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Y13" s="24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Z13" s="24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="14" spans="1:26" ht="27" customHeight="1">
       <c r="A14" s="23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C14" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D14" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E14" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F14" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G14" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H14" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K14" s="24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L14" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M14" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N14" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O14" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P14" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q14" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U14" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V14" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W14" s="24"/>
       <c r="X14" s="24"/>
       <c r="Y14" s="24"/>
       <c r="Z14" s="24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:26" ht="72">
       <c r="A15" s="23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C15" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E15" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F15" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G15" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="I15" s="24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K15" s="24"/>
       <c r="L15" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M15" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N15" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O15" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P15" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q15" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U15" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V15" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W15" s="24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="X15" s="24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Y15" s="24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Z15" s="24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="16" spans="1:26" ht="29.45" customHeight="1">
       <c r="A16" s="23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F16" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>126</v>
       </c>
       <c r="I16" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J16" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K16" s="24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="L16" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R16" s="24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="S16" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T16" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U16" s="24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="V16" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W16" s="24"/>
       <c r="X16" s="24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="Y16" s="24"/>
       <c r="Z16" s="24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:26" ht="27" customHeight="1">
       <c r="A17" s="23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E17" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H17" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I17" s="24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J17" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K17" s="24"/>
       <c r="L17" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M17" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N17" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P17" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q17" s="24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="R17" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S17" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T17" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U17" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V17" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W17" s="24"/>
       <c r="X17" s="24"/>
       <c r="Y17" s="24"/>
       <c r="Z17" s="24"/>
     </row>
     <row r="18" spans="1:26" ht="112.15" customHeight="1">
       <c r="A18" s="23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C18" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D18" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E18" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F18" s="24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G18" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H18" s="24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K18" s="24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L18" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M18" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N18" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O18" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P18" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q18" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U18" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V18" s="24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="W18" s="24"/>
       <c r="X18" s="24"/>
       <c r="Y18" s="24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="Z18" s="24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:26" ht="27" customHeight="1">
       <c r="A19" s="23" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E19" s="24" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H19" s="24" t="s">
         <v>126</v>
       </c>
       <c r="I19" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J19" s="24" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K19" s="24" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L19" s="24" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N19" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O19" s="24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q19" s="24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R19" s="24" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="S19" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T19" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U19" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V19" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W19" s="24"/>
       <c r="X19" s="24"/>
       <c r="Y19" s="24" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Z19" s="24" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20" spans="1:26" ht="27" customHeight="1">
       <c r="A20" s="23" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E20" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="I20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J20" s="24" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K20" s="24" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L20" s="24">
         <v>6</v>
       </c>
       <c r="M20" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P20" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q20" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U20" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V20" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W20" s="24"/>
       <c r="X20" s="24"/>
       <c r="Y20" s="24"/>
       <c r="Z20" s="24"/>
     </row>
     <row r="21" spans="1:26" ht="27" customHeight="1">
       <c r="A21" s="23" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E21" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H21" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I21" s="24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J21" s="24" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K21" s="24" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L21" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M21" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N21" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q21" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R21" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S21" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T21" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U21" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V21" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W21" s="24"/>
       <c r="X21" s="24"/>
       <c r="Y21" s="24"/>
       <c r="Z21" s="24" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:26" ht="27" customHeight="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" ht="47.25" customHeight="1">
       <c r="A22" s="23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F22" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I22" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J22" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K22" s="24" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="L22" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R22" s="24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="S22" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T22" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U22" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V22" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W22" s="24"/>
       <c r="X22" s="21" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="Y22" s="24" t="s">
         <v>218</v>
+      </c>
+      <c r="Y22" s="38" t="s">
+        <v>634</v>
       </c>
       <c r="Z22" s="24"/>
     </row>
     <row r="23" spans="1:26" ht="75.75" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>219</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G23" s="24" t="s">
         <v>220</v>
       </c>
@@ -10005,140 +10006,140 @@
       <c r="I23" s="24" t="s">
         <v>222</v>
       </c>
       <c r="J23" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K23" s="24" t="s">
         <v>223</v>
       </c>
       <c r="L23" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q23" s="24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R23" s="24" t="s">
         <v>224</v>
       </c>
       <c r="S23" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T23" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U23" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V23" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W23" s="24"/>
-      <c r="X23" s="37" t="s">
+      <c r="X23" s="24" t="s">
         <v>225</v>
       </c>
       <c r="Y23" s="24" t="s">
         <v>226</v>
       </c>
       <c r="Z23" s="24"/>
     </row>
     <row r="24" spans="1:26" ht="27" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>227</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C24" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F24" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G24" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I24" s="24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J24" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K24" s="24"/>
       <c r="L24" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O24" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P24" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q24" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R24" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S24" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T24" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U24" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V24" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W24" s="24"/>
       <c r="X24" s="24"/>
       <c r="Y24" s="24"/>
       <c r="Z24" s="24"/>
     </row>
     <row r="25" spans="1:26" ht="39" customHeight="1">
       <c r="A25" s="23" t="s">
         <v>228</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>229</v>
       </c>
       <c r="D25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E25" s="24" t="s">
         <v>230</v>
       </c>
       <c r="F25" s="24" t="s">
         <v>231</v>
       </c>
@@ -10166,55 +10167,57 @@
       <c r="N25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q25" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R25" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S25" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T25" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U25" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V25" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W25" s="24"/>
-      <c r="X25" s="24"/>
-      <c r="Y25" s="24" t="s">
+      <c r="X25" s="38" t="s">
+        <v>632</v>
+      </c>
+      <c r="Y25" s="38" t="s">
         <v>235</v>
       </c>
       <c r="Z25" s="24" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="26" spans="1:26" ht="27" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>237</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C26" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D26" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E26" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F26" s="24" t="s">
         <v>124</v>
       </c>
@@ -10242,51 +10245,51 @@
       <c r="N26" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O26" s="24" t="s">
         <v>239</v>
       </c>
       <c r="P26" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q26" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R26" s="24" t="s">
         <v>240</v>
       </c>
       <c r="S26" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T26" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U26" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V26" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W26" s="24"/>
       <c r="X26" s="24" t="s">
         <v>241</v>
       </c>
       <c r="Y26" s="24"/>
       <c r="Z26" s="24" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="27" spans="1:26" ht="60" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>243</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C27" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D27" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E27" s="24" t="s">
         <v>125</v>
@@ -10340,175 +10343,175 @@
       <c r="X27" s="24" t="s">
         <v>247</v>
       </c>
       <c r="Y27" s="26" t="s">
         <v>248</v>
       </c>
       <c r="Z27" s="24"/>
     </row>
     <row r="28" spans="1:26" ht="73.900000000000006" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>249</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C28" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="F28" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H28" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K28" s="24" t="s">
         <v>250</v>
       </c>
       <c r="L28" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M28" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q28" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U28" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V28" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W28" s="24"/>
       <c r="X28" s="24" t="s">
         <v>251</v>
       </c>
       <c r="Y28" s="24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Z28" s="24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:26" ht="27" customHeight="1">
       <c r="A29" s="23" t="s">
         <v>252</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H29" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K29" s="24"/>
       <c r="L29" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M29" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O29" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P29" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q29" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U29" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V29" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W29" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X29" s="24"/>
       <c r="Y29" s="24"/>
       <c r="Z29" s="24"/>
     </row>
     <row r="30" spans="1:26" ht="27" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>253</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E30" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="24" t="s">
@@ -10538,129 +10541,129 @@
       <c r="N30" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q30" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R30" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S30" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T30" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U30" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V30" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W30" s="24"/>
       <c r="X30" s="24" t="s">
         <v>255</v>
       </c>
       <c r="Y30" s="24" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Z30" s="24" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:26" ht="27" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>256</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E31" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H31" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K31" s="24" t="s">
         <v>257</v>
       </c>
       <c r="L31" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M31" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N31" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O31" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P31" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q31" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U31" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V31" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W31" s="24"/>
       <c r="X31" s="24"/>
       <c r="Y31" s="24"/>
       <c r="Z31" s="24"/>
     </row>
     <row r="32" spans="1:26" ht="27" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>258</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C32" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D32" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E32" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F32" s="24" t="s">
         <v>124</v>
       </c>
@@ -10733,225 +10736,225 @@
         <v>124</v>
       </c>
       <c r="G33" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H33" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K33" s="24"/>
       <c r="L33" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M33" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N33" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O33" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P33" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q33" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="R33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U33" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V33" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W33" s="24"/>
       <c r="X33" s="24"/>
       <c r="Y33" s="24"/>
       <c r="Z33" s="24"/>
     </row>
     <row r="34" spans="1:26" ht="27" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E34" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H34" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K34" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L34" s="27">
         <v>6</v>
       </c>
       <c r="M34" s="23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N34" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P34" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q34" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U34" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V34" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W34" s="24"/>
       <c r="X34" s="24"/>
       <c r="Y34" s="24" t="s">
         <v>263</v>
       </c>
       <c r="Z34" s="24" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="35" spans="1:26" ht="27" customHeight="1">
       <c r="A35" s="23" t="s">
         <v>265</v>
       </c>
       <c r="B35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I35" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J35" s="24" t="s">
         <v>266</v>
       </c>
       <c r="K35" s="24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L35" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P35" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q35" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R35" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S35" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T35" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U35" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V35" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W35" s="24"/>
       <c r="X35" s="24"/>
       <c r="Y35" s="24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z35" s="24" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:26" ht="27" customHeight="1">
       <c r="A36" s="23" t="s">
         <v>268</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C36" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D36" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E36" s="24" t="s">
         <v>124</v>
       </c>
       <c r="F36" s="24" t="s">
         <v>269</v>
       </c>
       <c r="G36" s="24" t="s">
@@ -10978,125 +10981,125 @@
       <c r="N36" s="24" t="s">
         <v>270</v>
       </c>
       <c r="O36" s="24" t="s">
         <v>270</v>
       </c>
       <c r="P36" s="24" t="s">
         <v>270</v>
       </c>
       <c r="Q36" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R36" s="24" t="s">
         <v>271</v>
       </c>
       <c r="S36" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T36" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U36" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V36" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W36" s="24"/>
       <c r="X36" s="24"/>
       <c r="Y36" s="24" t="s">
         <v>272</v>
       </c>
       <c r="Z36" s="24"/>
     </row>
     <row r="37" spans="1:26" ht="27" customHeight="1">
       <c r="A37" s="23" t="s">
         <v>273</v>
       </c>
       <c r="B37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C37" s="24" t="s">
         <v>274</v>
       </c>
       <c r="D37" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F37" s="24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G37" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I37" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J37" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K37" s="24" t="s">
         <v>275</v>
       </c>
       <c r="L37" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O37" s="24" t="s">
         <v>276</v>
       </c>
       <c r="P37" s="24" t="s">
         <v>276</v>
       </c>
       <c r="Q37" s="24" t="s">
         <v>277</v>
       </c>
       <c r="R37" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S37" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T37" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U37" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V37" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W37" s="24"/>
       <c r="X37" s="24" t="s">
         <v>278</v>
       </c>
       <c r="Y37" s="24"/>
       <c r="Z37" s="24" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="38" spans="1:26" ht="112.9" customHeight="1">
       <c r="A38" s="23" t="s">
         <v>280</v>
       </c>
       <c r="B38" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C38" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D38" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="24" t="s">
         <v>125</v>
@@ -11144,51 +11147,51 @@
         <v>126</v>
       </c>
       <c r="T38" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U38" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V38" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W38" s="24"/>
       <c r="X38" s="24" t="s">
         <v>283</v>
       </c>
       <c r="Y38" s="24" t="s">
         <v>284</v>
       </c>
       <c r="Z38" s="24"/>
     </row>
     <row r="39" spans="1:26" ht="48">
       <c r="A39" s="23" t="s">
         <v>285</v>
       </c>
       <c r="B39" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="F39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H39" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I39" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J39" s="24" t="s">
         <v>126</v>
       </c>
@@ -11202,51 +11205,51 @@
       <c r="N39" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P39" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q39" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R39" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S39" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T39" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U39" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V39" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W39" s="24"/>
       <c r="X39" s="24" t="s">
         <v>286</v>
       </c>
       <c r="Y39" s="24" t="s">
         <v>287</v>
       </c>
       <c r="Z39" s="24"/>
     </row>
     <row r="40" spans="1:26" ht="27" customHeight="1">
       <c r="A40" s="23" t="s">
         <v>288</v>
       </c>
       <c r="B40" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C40" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D40" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="24" t="s">
         <v>125</v>
@@ -11255,72 +11258,72 @@
         <v>124</v>
       </c>
       <c r="G40" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H40" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K40" s="24"/>
       <c r="L40" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M40" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N40" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O40" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P40" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q40" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U40" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V40" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W40" s="24"/>
       <c r="X40" s="24"/>
       <c r="Y40" s="24"/>
       <c r="Z40" s="24"/>
     </row>
     <row r="41" spans="1:26" ht="27" customHeight="1">
       <c r="A41" s="23" t="s">
         <v>289</v>
       </c>
       <c r="B41" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C41" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D41" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E41" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="24" t="s">
         <v>124</v>
       </c>
@@ -11344,121 +11347,121 @@
       <c r="N41" s="24" t="s">
         <v>246</v>
       </c>
       <c r="O41" s="24" t="s">
         <v>246</v>
       </c>
       <c r="P41" s="24" t="s">
         <v>246</v>
       </c>
       <c r="Q41" s="24" t="s">
         <v>290</v>
       </c>
       <c r="R41" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S41" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T41" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U41" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V41" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W41" s="24"/>
       <c r="X41" s="24"/>
       <c r="Y41" s="24"/>
       <c r="Z41" s="24"/>
     </row>
     <row r="42" spans="1:26" ht="27" customHeight="1">
       <c r="A42" s="23" t="s">
         <v>292</v>
       </c>
       <c r="B42" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C42" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E42" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F42" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G42" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H42" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K42" s="24"/>
       <c r="L42" s="24">
         <v>6</v>
       </c>
       <c r="M42" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N42" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O42" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P42" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q42" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U42" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V42" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W42" s="24"/>
       <c r="X42" s="24"/>
       <c r="Y42" s="24" t="s">
         <v>293</v>
       </c>
       <c r="Z42" s="24"/>
     </row>
     <row r="43" spans="1:26" ht="27" customHeight="1">
       <c r="A43" s="23" t="s">
         <v>294</v>
       </c>
       <c r="B43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E43" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F43" s="24" t="s">
@@ -11467,229 +11470,229 @@
       <c r="G43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H43" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K43" s="24" t="s">
         <v>232</v>
       </c>
       <c r="L43" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M43" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O43" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P43" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q43" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U43" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V43" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W43" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X43" s="24"/>
       <c r="Y43" s="24"/>
       <c r="Z43" s="24"/>
     </row>
     <row r="44" spans="1:26" ht="27" customHeight="1">
       <c r="A44" s="23" t="s">
         <v>295</v>
       </c>
       <c r="B44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I44" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J44" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K44" s="24" t="s">
         <v>296</v>
       </c>
       <c r="L44" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q44" s="24" t="s">
         <v>297</v>
       </c>
       <c r="R44" s="24" t="s">
         <v>298</v>
       </c>
       <c r="S44" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T44" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U44" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V44" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W44" s="24"/>
       <c r="X44" s="24"/>
       <c r="Y44" s="24" t="s">
         <v>299</v>
       </c>
       <c r="Z44" s="24" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:26" ht="27" customHeight="1">
       <c r="A45" s="23" t="s">
         <v>300</v>
       </c>
       <c r="B45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E45" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F45" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H45" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I45" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J45" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K45" s="24" t="s">
         <v>301</v>
       </c>
       <c r="L45" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M45" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N45" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q45" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R45" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S45" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T45" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U45" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V45" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W45" s="24"/>
       <c r="X45" s="24" t="s">
         <v>302</v>
       </c>
       <c r="Y45" s="24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z45" s="24" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:26" ht="27" customHeight="1">
       <c r="A46" s="23" t="s">
         <v>304</v>
       </c>
       <c r="B46" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C46" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D46" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E46" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G46" s="24" t="s">
@@ -11767,150 +11770,150 @@
         <v>124</v>
       </c>
       <c r="G47" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H47" s="24" t="s">
         <v>308</v>
       </c>
       <c r="I47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K47" s="24"/>
       <c r="L47" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M47" s="24" t="s">
         <v>309</v>
       </c>
       <c r="N47" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O47" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P47" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q47" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U47" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V47" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W47" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X47" s="24" t="s">
         <v>310</v>
       </c>
       <c r="Y47" s="24" t="s">
         <v>311</v>
       </c>
       <c r="Z47" s="24"/>
     </row>
     <row r="48" spans="1:26" ht="27" customHeight="1">
       <c r="A48" s="23" t="s">
         <v>312</v>
       </c>
       <c r="B48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I48" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J48" s="24" t="s">
         <v>262</v>
       </c>
       <c r="K48" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L48" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R48" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S48" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T48" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U48" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V48" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W48" s="24"/>
       <c r="X48" s="24" t="s">
         <v>313</v>
       </c>
       <c r="Y48" s="24"/>
       <c r="Z48" s="24"/>
     </row>
     <row r="49" spans="1:26" ht="27" customHeight="1">
       <c r="A49" s="23" t="s">
         <v>314</v>
       </c>
       <c r="B49" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C49" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D49" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F49" s="24" t="s">
@@ -12012,58 +12015,58 @@
       <c r="N50" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O50" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P50" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q50" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R50" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S50" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T50" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U50" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V50" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W50" s="24"/>
       <c r="X50" s="24" t="s">
         <v>319</v>
       </c>
       <c r="Y50" s="24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z50" s="24" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:26" ht="62.25" customHeight="1">
       <c r="A51" s="23" t="s">
         <v>321</v>
       </c>
       <c r="B51" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C51" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="F51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G51" s="24" t="s">
@@ -12079,60 +12082,60 @@
         <v>126</v>
       </c>
       <c r="K51" s="24"/>
       <c r="L51" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M51" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N51" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q51" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R51" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S51" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="T51" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U51" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V51" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W51" s="24"/>
       <c r="X51" s="24" t="s">
         <v>322</v>
       </c>
       <c r="Y51" s="24" t="s">
         <v>323</v>
       </c>
       <c r="Z51" s="24"/>
     </row>
     <row r="52" spans="1:26" ht="27" customHeight="1">
       <c r="A52" s="23" t="s">
         <v>324</v>
       </c>
       <c r="B52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E52" s="24" t="s">
         <v>125</v>
@@ -12164,283 +12167,283 @@
       <c r="N52" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q52" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R52" s="24" t="s">
         <v>326</v>
       </c>
       <c r="S52" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T52" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U52" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V52" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W52" s="24"/>
-      <c r="X52" s="37" t="s">
-[...3 lines deleted...]
-        <v>632</v>
+      <c r="X52" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y52" s="24" t="s">
+        <v>328</v>
       </c>
       <c r="Z52" s="24"/>
     </row>
     <row r="53" spans="1:26" ht="27" customHeight="1">
       <c r="A53" s="23" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C53" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G53" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I53" s="24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J53" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K53" s="24"/>
       <c r="L53" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="P53" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q53" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R53" s="24" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="S53" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T53" s="24" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="U53" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V53" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W53" s="24"/>
       <c r="X53" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y53" s="24" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="Z53" s="24" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="54" spans="1:26" ht="27" customHeight="1">
       <c r="A54" s="23" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E54" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F54" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H54" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K54" s="24" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="L54" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M54" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N54" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q54" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U54" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V54" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W54" s="24"/>
       <c r="X54" s="24"/>
       <c r="Y54" s="24"/>
       <c r="Z54" s="24"/>
     </row>
     <row r="55" spans="1:26" ht="27" customHeight="1">
       <c r="A55" s="23" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B55" s="28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C55" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D55" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E55" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F55" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G55" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H55" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K55" s="24" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="L55" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M55" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N55" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O55" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P55" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q55" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U55" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V55" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W55" s="24"/>
       <c r="X55" s="24"/>
       <c r="Z55" s="24"/>
     </row>
     <row r="56" spans="1:26" ht="47.25" customHeight="1">
       <c r="A56" s="23" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B56" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E56" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H56" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I56" s="24" t="s">
         <v>126</v>
       </c>
@@ -12453,1544 +12456,1544 @@
       <c r="L56" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M56" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N56" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q56" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R56" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S56" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T56" s="24" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="U56" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V56" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W56" s="24"/>
       <c r="X56" s="24"/>
       <c r="Y56" s="24" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="Z56" s="24"/>
     </row>
     <row r="57" spans="1:26" ht="123.6" customHeight="1">
       <c r="A57" s="23" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D57" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E57" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F57" s="24" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="G57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H57" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I57" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J57" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K57" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L57" s="24">
         <v>6</v>
       </c>
       <c r="M57" s="24" t="s">
         <v>316</v>
       </c>
       <c r="N57" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R57" s="24" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="S57" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T57" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U57" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V57" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W57" s="24" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="X57" s="24" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="Y57" s="24" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="Z57" s="24" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="58" spans="1:26" ht="27" customHeight="1">
       <c r="A58" s="23" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D58" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E58" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H58" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I58" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J58" s="24" t="s">
         <v>126</v>
       </c>
-      <c r="K58" s="37" t="s">
+      <c r="K58" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L58" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M58" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N58" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P58" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q58" s="24" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="R58" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S58" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T58" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U58" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V58" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W58" s="24"/>
       <c r="X58" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y58" s="24" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="Z58" s="24"/>
     </row>
     <row r="59" spans="1:26" s="30" customFormat="1" ht="28.15" customHeight="1">
       <c r="A59" s="23" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D59" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="H59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I59" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J59" s="24" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="K59" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L59" s="24">
         <v>6</v>
       </c>
       <c r="M59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N59" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O59" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P59" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q59" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R59" s="24" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="S59" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T59" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U59" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V59" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W59" s="29"/>
       <c r="X59" s="24" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="Y59" s="24" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="Z59" s="24" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="60" spans="1:26" ht="33.75" customHeight="1">
       <c r="A60" s="23" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D60" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E60" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F60" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I60" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J60" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K60" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L60" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N60" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P60" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q60" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R60" s="25" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="S60" s="25" t="s">
         <v>125</v>
       </c>
       <c r="T60" s="25" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="U60" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V60" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W60" s="24"/>
       <c r="X60" s="24" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="Y60" s="24"/>
       <c r="Z60" s="24"/>
     </row>
     <row r="61" spans="1:26" ht="27" customHeight="1">
       <c r="A61" s="23" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B61" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D61" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E61" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F61" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G61" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H61" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K61" s="24" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="L61" s="24">
         <v>6</v>
       </c>
       <c r="M61" s="24" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="N61" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O61" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P61" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q61" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U61" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V61" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W61" s="24"/>
       <c r="X61" s="24"/>
       <c r="Y61" s="24"/>
       <c r="Z61" s="24"/>
     </row>
     <row r="62" spans="1:26" ht="27" customHeight="1">
       <c r="A62" s="23" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E62" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H62" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I62" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J62" s="24" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K62" s="24"/>
       <c r="L62" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M62" s="24" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="N62" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O62" s="24" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="P62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q62" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R62" s="24" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="S62" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T62" s="25" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="U62" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V62" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W62" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X62" s="24"/>
       <c r="Y62" s="24"/>
       <c r="Z62" s="24"/>
     </row>
     <row r="63" spans="1:26" ht="27" customHeight="1">
       <c r="A63" s="23" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E63" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I63" s="24" t="s">
         <v>262</v>
       </c>
       <c r="J63" s="24" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="K63" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L63" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M63" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O63" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P63" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q63" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R63" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S63" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T63" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U63" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V63" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W63" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X63" s="24"/>
       <c r="Y63" s="24" t="s">
         <v>311</v>
       </c>
       <c r="Z63" s="24"/>
     </row>
     <row r="64" spans="1:26" ht="27" customHeight="1">
       <c r="A64" s="23" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E64" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F64" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H64" s="24" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I64" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J64" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K64" s="24"/>
       <c r="L64" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M64" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R64" s="24" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="S64" s="25" t="s">
         <v>125</v>
       </c>
       <c r="T64" s="25"/>
       <c r="U64" s="24" t="s">
         <v>124</v>
       </c>
       <c r="V64" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W64" s="24"/>
       <c r="X64" s="24" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="Y64" s="24"/>
       <c r="Z64" s="24"/>
     </row>
     <row r="65" spans="1:26" ht="27" customHeight="1">
       <c r="A65" s="23" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E65" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H65" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K65" s="24" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L65" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M65" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N65" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q65" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U65" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V65" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W65" s="24"/>
       <c r="X65" s="24"/>
       <c r="Y65" s="24"/>
       <c r="Z65" s="24"/>
     </row>
     <row r="66" spans="1:26" s="30" customFormat="1" ht="27" customHeight="1">
       <c r="A66" s="31" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="C66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="D66" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E66" s="29" t="s">
         <v>125</v>
       </c>
       <c r="F66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="G66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="H66" s="29" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="I66" s="29" t="s">
         <v>126</v>
       </c>
       <c r="J66" s="29" t="s">
         <v>126</v>
       </c>
       <c r="K66" s="29"/>
       <c r="L66" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M66" s="29" t="s">
         <v>125</v>
       </c>
       <c r="N66" s="29" t="s">
         <v>125</v>
       </c>
       <c r="O66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="P66" s="29" t="s">
         <v>124</v>
       </c>
       <c r="Q66" s="29"/>
       <c r="R66" s="32" t="s">
         <v>126</v>
       </c>
       <c r="S66" s="32" t="s">
         <v>126</v>
       </c>
       <c r="T66" s="32" t="s">
         <v>126</v>
       </c>
       <c r="U66" s="32" t="s">
         <v>126</v>
       </c>
       <c r="V66" s="29"/>
       <c r="W66" s="29"/>
       <c r="X66" s="29"/>
       <c r="Y66" s="29"/>
       <c r="Z66" s="29"/>
     </row>
     <row r="67" spans="1:26" ht="41.45" customHeight="1">
       <c r="A67" s="23" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E67" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H67" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K67" s="24" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="L67" s="24">
         <v>6</v>
       </c>
       <c r="M67" s="24" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="N67" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q67" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U67" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V67" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W67" s="24"/>
       <c r="X67" s="24" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="Y67" s="24" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="Z67" s="24"/>
     </row>
     <row r="68" spans="1:26" ht="27" customHeight="1">
       <c r="A68" s="23" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F68" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I68" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J68" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K68" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L68" s="24">
         <v>6</v>
       </c>
       <c r="M68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R68" s="24" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="S68" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T68" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U68" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V68" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W68" s="24"/>
       <c r="X68" s="24" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="Y68" s="24" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="Z68" s="24"/>
     </row>
     <row r="69" spans="1:26" ht="27" customHeight="1">
       <c r="A69" s="23" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E69" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H69" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I69" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J69" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K69" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L69" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M69" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N69" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q69" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R69" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S69" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T69" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U69" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V69" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W69" s="24"/>
       <c r="X69" s="24"/>
       <c r="Y69" s="24"/>
       <c r="Z69" s="24"/>
     </row>
     <row r="70" spans="1:26" ht="27" customHeight="1">
       <c r="A70" s="23" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E70" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H70" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K70" s="24"/>
       <c r="L70" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M70" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N70" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O70" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P70" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q70" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U70" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V70" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W70" s="24"/>
       <c r="X70" s="24"/>
       <c r="Y70" s="24"/>
       <c r="Z70" s="24"/>
     </row>
     <row r="71" spans="1:26" ht="27" customHeight="1">
       <c r="A71" s="23" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D71" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E71" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H71" s="24" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="I71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K71" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L71" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M71" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N71" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q71" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U71" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V71" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W71" s="24"/>
       <c r="X71" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y71" s="24" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="Z71" s="24" t="s">
-        <v>390</v>
-[...33 lines deleted...]
-      <c r="K72" s="24" t="s">
         <v>392</v>
       </c>
-      <c r="L72" s="24" t="s">
+    </row>
+    <row r="72" spans="1:26" s="37" customFormat="1" ht="27" customHeight="1">
+      <c r="A72" s="35" t="s">
+        <v>393</v>
+      </c>
+      <c r="B72" s="35" t="s">
+        <v>124</v>
+      </c>
+      <c r="C72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="D72" s="36" t="s">
+        <v>149</v>
+      </c>
+      <c r="E72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="F72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="G72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="H72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="I72" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="J72" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="K72" s="36" t="s">
+        <v>394</v>
+      </c>
+      <c r="L72" s="36" t="s">
         <v>127</v>
       </c>
-      <c r="M72" s="24" t="s">
-[...34 lines deleted...]
-      <c r="Z72" s="24"/>
+      <c r="M72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="N72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="O72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="P72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="R72" s="36" t="s">
+        <v>395</v>
+      </c>
+      <c r="S72" s="36" t="s">
+        <v>125</v>
+      </c>
+      <c r="T72" s="36" t="s">
+        <v>124</v>
+      </c>
+      <c r="U72" s="36" t="s">
+        <v>126</v>
+      </c>
+      <c r="V72" s="36" t="s">
+        <v>140</v>
+      </c>
+      <c r="W72" s="36"/>
+      <c r="X72" s="36"/>
+      <c r="Y72" s="36" t="s">
+        <v>396</v>
+      </c>
+      <c r="Z72" s="36"/>
     </row>
     <row r="73" spans="1:26" ht="131.25" customHeight="1">
       <c r="A73" s="23" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E73" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F73" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G73" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H73" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I73" s="24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J73" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K73" s="24" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="L73" s="24" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M73" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R73" s="23" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="S73" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T73" s="23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U73" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V73" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W73" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X73" s="24" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="Y73" s="24" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="Z73" s="24"/>
     </row>
     <row r="74" spans="1:26" ht="27" customHeight="1">
       <c r="A74" s="23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E74" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H74" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I74" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J74" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K74" s="24"/>
       <c r="L74" s="24">
         <v>6</v>
       </c>
       <c r="M74" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N74" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O74" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P74" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q74" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R74" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S74" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T74" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U74" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V74" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W74" s="24"/>
       <c r="X74" s="24"/>
       <c r="Y74" s="24"/>
       <c r="Z74" s="24"/>
     </row>
     <row r="75" spans="1:26" ht="28.5" customHeight="1">
       <c r="A75" s="23" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E75" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F75" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H75" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K75" s="24" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="L75" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M75" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N75" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q75" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U75" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V75" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W75" s="24"/>
       <c r="X75" s="24" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="Y75" s="24"/>
       <c r="Z75" s="24"/>
     </row>
     <row r="76" spans="1:26" ht="25.5" customHeight="1">
       <c r="A76" s="23" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C76" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D76" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F76" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="H76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I76" s="24" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J76" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K76" s="24"/>
       <c r="L76" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N76" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O76" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P76" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q76" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R76" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S76" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T76" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U76" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V76" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W76" s="24"/>
       <c r="X76" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y76" s="24"/>
       <c r="Z76" s="24"/>
     </row>
     <row r="77" spans="1:26" ht="27" customHeight="1">
       <c r="A77" s="23" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E77" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H77" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I77" s="24" t="s">
         <v>126</v>
       </c>
@@ -14007,562 +14010,562 @@
       <c r="N77" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q77" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R77" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S77" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T77" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U77" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V77" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W77" s="24"/>
       <c r="X77" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y77" s="24" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="Z77" s="24" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="78" spans="1:26" ht="27" customHeight="1">
       <c r="A78" s="23" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B78" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C78" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D78" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G78" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I78" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J78" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K78" s="24"/>
       <c r="L78" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="P78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="Q78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R78" s="24" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="S78" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T78" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U78" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V78" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W78" s="24"/>
       <c r="X78" s="24"/>
       <c r="Y78" s="24"/>
       <c r="Z78" s="24"/>
     </row>
     <row r="79" spans="1:26" ht="27" customHeight="1">
       <c r="A79" s="20" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B79" s="21" t="s">
         <v>124</v>
       </c>
       <c r="C79" s="21" t="s">
         <v>124</v>
       </c>
       <c r="D79" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E79" s="21" t="s">
         <v>125</v>
       </c>
       <c r="F79" s="21" t="s">
         <v>124</v>
       </c>
       <c r="G79" s="21" t="s">
         <v>124</v>
       </c>
       <c r="H79" s="21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I79" s="21" t="s">
         <v>126</v>
       </c>
       <c r="J79" s="21" t="s">
         <v>126</v>
       </c>
       <c r="L79" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M79" s="21" t="s">
         <v>125</v>
       </c>
       <c r="N79" s="21" t="s">
         <v>125</v>
       </c>
       <c r="O79" s="21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P79" s="21" t="s">
         <v>124</v>
       </c>
       <c r="Q79" s="21" t="s">
         <v>125</v>
       </c>
       <c r="R79" s="21" t="s">
         <v>126</v>
       </c>
       <c r="S79" s="21" t="s">
         <v>126</v>
       </c>
       <c r="T79" s="21" t="s">
         <v>126</v>
       </c>
       <c r="U79" s="21" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="80" spans="1:26" ht="27" customHeight="1">
       <c r="A80" s="23" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E80" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H80" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I80" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J80" s="24" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="K80" s="24"/>
       <c r="L80" s="24">
         <v>6</v>
       </c>
       <c r="M80" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P80" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q80" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R80" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S80" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T80" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U80" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V80" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W80" s="24"/>
       <c r="X80" s="24"/>
       <c r="Y80" s="24"/>
       <c r="Z80" s="24"/>
     </row>
     <row r="81" spans="1:26" ht="27" customHeight="1">
       <c r="A81" s="23" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E81" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F81" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H81" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I81" s="24" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="J81" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K81" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L81" s="24">
         <v>6</v>
       </c>
       <c r="M81" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N81" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q81" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R81" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S81" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T81" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U81" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V81" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W81" s="24"/>
       <c r="X81" s="24" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="Y81" s="24" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="Z81" s="24" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
     </row>
     <row r="82" spans="1:26" ht="27" customHeight="1">
       <c r="A82" s="23" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E82" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H82" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I82" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J82" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K82" s="24" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="L82" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M82" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N82" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O82" s="24" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="P82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R82" s="24" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="S82" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T82" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U82" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V82" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W82" s="24"/>
       <c r="X82" s="24"/>
       <c r="Y82" s="24"/>
       <c r="Z82" s="24"/>
     </row>
     <row r="83" spans="1:26" ht="27" customHeight="1">
       <c r="A83" s="23" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B83" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C83" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D83" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E83" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F83" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G83" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H83" s="24" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="I83" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J83" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K83" s="24" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="L83" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M83" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N83" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O83" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P83" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q83" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R83" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S83" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T83" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U83" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V83" s="24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:26" ht="27" customHeight="1">
       <c r="A84" s="23" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E84" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H84" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I84" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J84" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K84" s="24" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L84" s="24">
         <v>6</v>
       </c>
       <c r="M84" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N84" s="24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="O84" s="24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P84" s="24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="Q84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R84" s="24" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="S84" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T84" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U84" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V84" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W84" s="24"/>
       <c r="X84" s="24"/>
       <c r="Y84" s="24" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="Z84" s="24" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="85" spans="1:26" ht="27" customHeight="1">
       <c r="A85" s="23" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E85" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H85" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I85" s="24" t="s">
         <v>126</v>
       </c>
@@ -14578,452 +14581,452 @@
       <c r="N85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q85" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R85" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S85" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T85" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U85" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V85" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W85" s="21" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="X85" s="24"/>
     </row>
     <row r="86" spans="1:26" ht="27" customHeight="1">
       <c r="A86" s="23" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E86" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H86" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I86" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J86" s="24" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="K86" s="24"/>
       <c r="L86" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M86" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N86" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q86" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R86" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S86" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T86" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U86" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V86" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W86" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X86" s="24"/>
       <c r="Y86" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Z86" s="24" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="87" spans="1:26" ht="27" customHeight="1">
       <c r="A87" s="23" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D87" s="24"/>
       <c r="E87" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F87" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H87" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I87" s="21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J87" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K87" s="24" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="L87" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M87" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q87" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R87" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S87" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T87" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U87" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V87" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W87" s="24"/>
       <c r="X87" s="24" t="s">
         <v>302</v>
       </c>
       <c r="Y87" s="24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Z87" s="24" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:26" ht="27" customHeight="1">
       <c r="A88" s="23" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D88" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E88" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H88" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I88" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J88" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K88" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L88" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M88" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N88" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q88" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R88" s="24" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="S88" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T88" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U88" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V88" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W88" s="24"/>
       <c r="X88" s="24"/>
       <c r="Y88" s="24" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="Z88" s="24" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="89" spans="1:26" ht="27" customHeight="1">
       <c r="A89" s="23" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B89" s="24" t="s">
         <v>246</v>
       </c>
       <c r="C89" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D89" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E89" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F89" s="24" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G89" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H89" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K89" s="24"/>
       <c r="L89" s="24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M89" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N89" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O89" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P89" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q89" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U89" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V89" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W89" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="X89" s="24" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="Y89" s="24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="Z89" s="24" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:26" ht="27" customHeight="1">
       <c r="A90" s="23" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B90" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C90" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D90" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E90" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F90" s="24" t="s">
         <v>246</v>
       </c>
       <c r="G90" s="24" t="s">
         <v>246</v>
       </c>
       <c r="H90" s="24" t="s">
         <v>290</v>
       </c>
       <c r="I90" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J90" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K90" s="24" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="L90" s="24">
         <v>6</v>
       </c>
       <c r="M90" s="24" t="s">
         <v>290</v>
       </c>
       <c r="N90" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O90" s="24" t="s">
         <v>246</v>
       </c>
       <c r="P90" s="24" t="s">
         <v>246</v>
       </c>
       <c r="Q90" s="24" t="s">
         <v>290</v>
       </c>
       <c r="R90" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S90" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T90" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U90" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V90" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="X90" s="21" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="91" spans="1:26" ht="27" customHeight="1">
       <c r="A91" s="23" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B91" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C91" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D91" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E91" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F91" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G91" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H91" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K91" s="24"/>
       <c r="L91" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M91" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N91" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O91" s="24" t="s">
         <v>124</v>
@@ -15034,262 +15037,262 @@
       <c r="Q91" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U91" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V91" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W91" s="24"/>
       <c r="X91" s="24"/>
       <c r="Y91" s="24"/>
       <c r="Z91" s="24"/>
     </row>
     <row r="92" spans="1:26" ht="27" customHeight="1">
       <c r="A92" s="23" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D92" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E92" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H92" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K92" s="24"/>
       <c r="L92" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M92" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O92" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P92" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q92" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U92" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V92" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W92" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X92" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y92" s="24"/>
       <c r="Z92" s="24"/>
     </row>
     <row r="93" spans="1:26" ht="27" customHeight="1">
       <c r="A93" s="23" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B93" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C93" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D93" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E93" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F93" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G93" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H93" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I93" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J93" s="24" t="s">
         <v>266</v>
       </c>
       <c r="L93" s="24">
         <v>6</v>
       </c>
       <c r="M93" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N93" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O93" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P93" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q93" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R93" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S93" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T93" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U93" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V93" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:26" ht="27" customHeight="1">
       <c r="A94" s="23" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E94" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H94" s="24" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="I94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K94" s="24"/>
       <c r="L94" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M94" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q94" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U94" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V94" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W94" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X94" s="24"/>
       <c r="Y94" s="24"/>
       <c r="Z94" s="24"/>
     </row>
     <row r="95" spans="1:26" ht="27" customHeight="1">
       <c r="A95" s="23" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E95" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H95" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I95" s="24" t="s">
         <v>126</v>
       </c>
@@ -15308,3779 +15311,3777 @@
       <c r="N95" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q95" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R95" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S95" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T95" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U95" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V95" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W95" s="24"/>
       <c r="X95" s="24" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="Y95" s="24"/>
       <c r="Z95" s="24"/>
     </row>
     <row r="96" spans="1:26" ht="39" customHeight="1">
       <c r="A96" s="23" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B96" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C96" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D96" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E96" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F96" s="24" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="G96" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H96" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K96" s="24"/>
       <c r="L96" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M96" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N96" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O96" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P96" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q96" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U96" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V96" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W96" s="24"/>
       <c r="X96" s="24"/>
       <c r="Y96" s="24" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="Z96" s="24" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="97" spans="1:26" ht="27" customHeight="1">
       <c r="A97" s="23" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B97" s="24" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E97" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F97" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H97" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I97" s="23" t="s">
         <v>262</v>
       </c>
       <c r="J97" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K97" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L97" s="21">
         <v>6</v>
       </c>
       <c r="M97" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N97" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R97" s="24" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="S97" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T97" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U97" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V97" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W97" s="24"/>
       <c r="X97" s="24" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Y97" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Z97" s="24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="98" spans="1:26" ht="27" customHeight="1">
       <c r="A98" s="23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E98" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H98" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K98" s="24"/>
       <c r="L98" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M98" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O98" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P98" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q98" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U98" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V98" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W98" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X98" s="24"/>
       <c r="Y98" s="24"/>
       <c r="Z98" s="24"/>
     </row>
     <row r="99" spans="1:26" ht="27" customHeight="1">
       <c r="A99" s="23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E99" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H99" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I99" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J99" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K99" s="24"/>
       <c r="L99" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M99" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N99" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P99" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q99" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R99" s="23" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="S99" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T99" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U99" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V99" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W99" s="24"/>
       <c r="X99" s="24"/>
       <c r="Y99" s="24"/>
       <c r="Z99" s="24"/>
     </row>
     <row r="100" spans="1:26" ht="56.45" customHeight="1">
       <c r="A100" s="23" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E100" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F100" s="24" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="G100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H100" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I100" s="24" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J100" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K100" s="24" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="L100" s="24">
         <v>6</v>
       </c>
       <c r="M100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N100" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P100" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q100" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R100" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S100" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T100" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U100" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V100" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W100" s="24"/>
       <c r="X100" s="24" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="Y100" s="24" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="Z100" s="24" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="101" spans="1:26" ht="27" customHeight="1">
       <c r="A101" s="23" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E101" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H101" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K101" s="24"/>
       <c r="L101" s="24">
         <v>6</v>
       </c>
       <c r="M101" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N101" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P101" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q101" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="R101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U101" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V101" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W101" s="24"/>
       <c r="X101" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Y101" s="24"/>
       <c r="Z101" s="24"/>
     </row>
     <row r="102" spans="1:26" ht="65.45" customHeight="1">
       <c r="A102" s="23" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B102" s="24" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E102" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G102" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H102" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I102" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J102" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K102" s="24" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="L102" s="24">
         <v>6</v>
       </c>
       <c r="M102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="N102" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R102" s="24" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="S102" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T102" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U102" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V102" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W102" s="24"/>
       <c r="X102" s="24" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="Y102" s="24" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="Z102" s="24" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="103" spans="1:26" ht="27" customHeight="1">
       <c r="A103" s="23" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B103" s="28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E103" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F103" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H103" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I103" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J103" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K103" s="24" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="L103" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M103" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N103" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q103" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R103" s="24" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="S103" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T103" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U103" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V103" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W103" s="24"/>
       <c r="X103" s="24"/>
       <c r="Y103" s="24" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="Z103" s="24"/>
     </row>
     <row r="104" spans="1:26" ht="27" customHeight="1">
       <c r="A104" s="23" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B104" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C104" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D104" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E104" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F104" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G104" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H104" s="24" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="I104" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J104" s="24" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="K104" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L104" s="24" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="M104" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N104" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O104" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P104" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q104" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="R104" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S104" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T104" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U104" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V104" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W104" s="24"/>
       <c r="X104" s="24"/>
       <c r="Y104" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Z104" s="24"/>
     </row>
     <row r="105" spans="1:26" ht="27" customHeight="1">
       <c r="A105" s="23" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E105" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H105" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K105" s="24"/>
       <c r="L105" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M105" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N105" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O105" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P105" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q105" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U105" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V105" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W105" s="24"/>
       <c r="X105" s="24"/>
       <c r="Y105" s="24"/>
       <c r="Z105" s="24"/>
     </row>
     <row r="106" spans="1:26" ht="60.75" customHeight="1">
       <c r="A106" s="23" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E106" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H106" s="24" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="I106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K106" s="24" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="L106" s="24">
         <v>6</v>
       </c>
       <c r="M106" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N106" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O106" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P106" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q106" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="S106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="T106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="U106" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V106" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W106" s="24" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="X106" s="24"/>
       <c r="Y106" s="24" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="Z106" s="24" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="107" spans="1:26" ht="27" customHeight="1">
       <c r="A107" s="23" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D107" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E107" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H107" s="24" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="I107" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J107" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K107" s="24"/>
       <c r="L107" s="24">
         <v>6</v>
       </c>
       <c r="M107" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P107" s="24" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="Q107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R107" s="24" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="S107" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T107" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U107" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V107" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W107" s="24"/>
       <c r="X107" s="24" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="Y107" s="24" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="Z107" s="24" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="108" spans="1:26" ht="27" customHeight="1">
       <c r="A108" s="23" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E108" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H108" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I108" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J108" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K108" s="24" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="L108" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M108" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N108" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P108" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q108" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R108" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S108" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T108" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U108" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V108" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W108" s="24"/>
       <c r="X108" s="24"/>
       <c r="Y108" s="29" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="Z108" s="24" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="109" spans="1:26" ht="27" customHeight="1">
       <c r="A109" s="23" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E109" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F109" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="I109" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J109" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K109" s="24"/>
       <c r="L109" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M109" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N109" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O109" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P109" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q109" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R109" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S109" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T109" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U109" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V109" s="24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="110" spans="1:26" ht="56.25" customHeight="1">
       <c r="A110" s="23" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D110" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E110" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H110" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I110" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J110" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K110" s="24" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="L110" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M110" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P110" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q110" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R110" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S110" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T110" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U110" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V110" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W110" s="24" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="X110" s="24"/>
       <c r="Y110" s="24" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="Z110" s="24" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
     </row>
     <row r="111" spans="1:26" ht="27" customHeight="1">
       <c r="A111" s="23" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B111" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C111" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D111" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E111" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F111" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G111" s="24" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H111" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I111" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J111" s="24" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="K111" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="L111" s="24">
         <v>6</v>
       </c>
       <c r="M111" s="24" t="s">
         <v>316</v>
       </c>
       <c r="N111" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O111" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P111" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q111" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R111" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S111" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T111" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U111" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V111" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W111" s="24"/>
       <c r="X111" s="24" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="Y111" s="24"/>
       <c r="Z111" s="24"/>
     </row>
     <row r="112" spans="1:26" ht="27" customHeight="1">
       <c r="A112" s="23" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I112" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J112" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K112" s="24" t="s">
         <v>318</v>
       </c>
       <c r="L112" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P112" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q112" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R112" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S112" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T112" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U112" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V112" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W112" s="24"/>
       <c r="X112" s="24"/>
       <c r="Y112" s="24"/>
       <c r="Z112" s="24"/>
     </row>
     <row r="113" spans="1:26" ht="27" customHeight="1">
       <c r="A113" s="23" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E113" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F113" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H113" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I113" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J113" s="24" t="s">
         <v>266</v>
       </c>
       <c r="K113" s="24" t="s">
         <v>318</v>
       </c>
       <c r="L113" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M113" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N113" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P113" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q113" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R113" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S113" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T113" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U113" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V113" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W113" s="24"/>
       <c r="X113" s="24"/>
       <c r="Y113" s="24"/>
       <c r="Z113" s="24"/>
     </row>
     <row r="114" spans="1:26" ht="27" customHeight="1">
       <c r="A114" s="23" t="s">
+        <v>522</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C114" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D114" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="E114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G114" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="H114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="I114" s="24" t="s">
         <v>520</v>
       </c>
-      <c r="B114" s="24" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="J114" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K114" s="24" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="L114" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M114" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N114" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O114" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P114" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q114" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R114" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S114" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T114" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U114" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V114" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W114" s="24"/>
       <c r="X114" s="24"/>
       <c r="Y114" s="24"/>
       <c r="Z114" s="24"/>
     </row>
     <row r="115" spans="1:26" ht="27" customHeight="1">
       <c r="A115" s="23" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E115" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H115" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I115" s="24" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="J115" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K115" s="24" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="L115" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M115" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N115" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q115" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R115" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S115" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T115" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U115" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V115" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W115" s="24"/>
       <c r="X115" s="24" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="Y115" s="24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="Z115" s="24" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="116" spans="1:26" ht="27" customHeight="1">
       <c r="A116" s="23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E116" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F116" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H116" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I116" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J116" s="24" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="K116" s="24" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="L116" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M116" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N116" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R116" s="24" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="S116" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T116" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U116" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V116" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W116" s="24"/>
       <c r="X116" s="24" t="s">
         <v>262</v>
       </c>
       <c r="Y116" s="24" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="Z116" s="24" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="117" spans="1:26" ht="27" customHeight="1">
       <c r="A117" s="23" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I117" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J117" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K117" s="24"/>
       <c r="L117" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R117" s="24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="S117" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T117" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U117" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V117" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W117" s="24"/>
       <c r="X117" s="24"/>
       <c r="Y117" s="24"/>
       <c r="Z117" s="24"/>
     </row>
     <row r="118" spans="1:26" ht="27" customHeight="1">
       <c r="A118" s="23" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E118" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H118" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I118" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J118" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K118" s="24" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="L118" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M118" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N118" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P118" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q118" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R118" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S118" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T118" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U118" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V118" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W118" s="24"/>
       <c r="X118" s="24"/>
       <c r="Y118" s="24"/>
       <c r="Z118" s="24"/>
     </row>
     <row r="119" spans="1:26" ht="27" customHeight="1">
       <c r="A119" s="23" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E119" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H119" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I119" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J119" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K119" s="24"/>
       <c r="L119" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M119" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P119" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q119" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R119" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S119" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T119" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U119" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V119" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W119" s="24"/>
       <c r="X119" s="24"/>
       <c r="Y119" s="24"/>
       <c r="Z119" s="24"/>
     </row>
     <row r="120" spans="1:26" ht="27" customHeight="1">
       <c r="A120" s="23" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="H120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I120" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J120" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K120" s="21" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="L120" s="24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R120" s="33" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="S120" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T120" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U120" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V120" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="Y120" s="21" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="121" spans="1:26" ht="36">
       <c r="A121" s="23" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E121" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H121" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I121" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J121" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K121" s="24" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="L121" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M121" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q121" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R121" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S121" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T121" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U121" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V121" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W121" s="24"/>
       <c r="X121" s="24" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="Y121" s="24"/>
       <c r="Z121" s="24"/>
     </row>
     <row r="122" spans="1:26" ht="37.15" customHeight="1">
       <c r="A122" s="23" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C122" s="24" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E122" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H122" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I122" s="24" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="J122" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K122" s="24"/>
       <c r="L122" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M122" s="24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O122" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P122" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q122" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R122" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S122" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T122" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U122" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V122" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W122" s="24"/>
       <c r="X122" s="24"/>
       <c r="Y122" s="24" t="s">
         <v>311</v>
       </c>
       <c r="Z122" s="24"/>
     </row>
     <row r="123" spans="1:26" ht="27" customHeight="1">
       <c r="A123" s="23" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E123" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F123" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H123" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I123" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J123" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K123" s="24" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="L123" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M123" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N123" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P123" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q123" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R123" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S123" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T123" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U123" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V123" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W123" s="24"/>
       <c r="X123" s="24"/>
       <c r="Y123" s="24"/>
       <c r="Z123" s="24"/>
     </row>
     <row r="124" spans="1:26" ht="27" customHeight="1">
       <c r="A124" s="23" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E124" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F124" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H124" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I124" s="24" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J124" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K124" s="24" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="L124" s="24">
         <v>6</v>
       </c>
       <c r="M124" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N124" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P124" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q124" s="24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="R124" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S124" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T124" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U124" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V124" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W124" s="24"/>
       <c r="X124" s="24" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="Y124" s="24"/>
       <c r="Z124" s="24"/>
     </row>
     <row r="125" spans="1:26" ht="27" customHeight="1">
       <c r="A125" s="23" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E125" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F125" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H125" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I125" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J125" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K125" s="24" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="L125" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M125" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N125" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q125" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R125" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S125" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T125" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U125" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V125" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W125" s="24"/>
       <c r="Y125" s="24"/>
       <c r="Z125" s="24"/>
     </row>
     <row r="126" spans="1:26" ht="27" customHeight="1">
       <c r="A126" s="23" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E126" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H126" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I126" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J126" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K126" s="24" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="L126" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M126" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O126" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P126" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q126" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R126" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S126" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T126" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U126" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V126" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W126" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X126" s="24" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="Y126" s="24" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="Z126" s="24" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="127" spans="1:26" ht="93.75" customHeight="1">
       <c r="A127" s="23" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C127" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D127" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E127" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H127" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I127" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J127" s="24" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="K127" s="24" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="L127" s="24">
         <v>6</v>
       </c>
       <c r="M127" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q127" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R127" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S127" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T127" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U127" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V127" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W127" s="24"/>
       <c r="X127" s="24" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="Y127" s="34" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="Z127" s="24" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="128" spans="1:26" ht="75" customHeight="1">
       <c r="A128" s="23" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E128" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F128" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H128" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I128" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J128" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K128" s="24"/>
       <c r="L128" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M128" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N128" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q128" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R128" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S128" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T128" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U128" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V128" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W128" s="24"/>
       <c r="X128" s="24" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="Y128" s="24" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="Z128" s="24" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
     </row>
     <row r="129" spans="1:26" ht="48.75" customHeight="1">
       <c r="A129" s="23" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E129" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H129" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I129" s="24" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="J129" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K129" s="24" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="L129" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M129" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N129" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P129" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q129" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R129" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S129" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T129" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U129" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V129" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W129" s="24"/>
       <c r="X129" s="24"/>
       <c r="Y129" s="24"/>
       <c r="Z129" s="24"/>
     </row>
     <row r="130" spans="1:26" ht="27" customHeight="1">
       <c r="A130" s="23" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B130" s="24" t="s">
         <v>246</v>
       </c>
       <c r="C130" s="24" t="s">
         <v>246</v>
       </c>
       <c r="D130" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E130" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F130" s="24" t="s">
         <v>125</v>
       </c>
       <c r="G130" s="24" t="s">
         <v>290</v>
       </c>
       <c r="H130" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I130" s="24"/>
       <c r="J130" s="24"/>
       <c r="K130" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L130" s="24">
         <v>6</v>
       </c>
       <c r="M130" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N130" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O130" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P130" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q130" s="24" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="R130" s="33" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="S130" s="33" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="T130" s="33" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U130" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V130" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W130" s="24"/>
       <c r="X130" s="24" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="Y130" s="24"/>
       <c r="Z130" s="24"/>
     </row>
     <row r="131" spans="1:26" ht="27" customHeight="1">
       <c r="A131" s="23" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E131" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F131" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H131" s="24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I131" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J131" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K131" s="24" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="L131" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M131" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N131" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P131" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q131" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R131" s="24" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="S131" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T131" s="25" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="U131" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V131" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W131" s="24"/>
       <c r="X131" s="24"/>
       <c r="Y131" s="24" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="Z131" s="24" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="132" spans="1:26" ht="39.6" customHeight="1">
       <c r="A132" s="23" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B132" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C132" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D132" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E132" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F132" s="24" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="G132" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H132" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I132" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J132" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K132" s="24" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="L132" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M132" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N132" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O132" s="24" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="P132" s="24" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="Q132" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R132" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S132" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T132" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U132" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V132" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W132" s="24"/>
       <c r="X132" s="24" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="Y132" s="24" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="Z132" s="24" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="133" spans="1:26" ht="27" customHeight="1">
       <c r="A133" s="23" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E133" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H133" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I133" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J133" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K133" s="24" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="L133" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M133" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N133" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R133" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S133" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T133" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U133" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V133" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W133" s="24" t="s">
         <v>124</v>
       </c>
       <c r="X133" s="24"/>
       <c r="Y133" s="24" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="Z133" s="24"/>
     </row>
     <row r="134" spans="1:26" ht="185.45" customHeight="1">
       <c r="A134" s="23" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E134" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H134" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I134" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J134" s="24" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="K134" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L134" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M134" s="24" t="s">
         <v>316</v>
       </c>
       <c r="N134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O134" s="24" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="P134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q134" s="24" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="R134" s="24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="S134" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T134" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U134" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V134" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W134" s="24" t="s">
         <v>231</v>
       </c>
       <c r="X134" s="24" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="Y134" s="24" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="Z134" s="24" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="135" spans="1:26" ht="144">
       <c r="A135" s="23" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E135" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G135" s="24" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="H135" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I135" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J135" s="24" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="K135" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="L135" s="24">
         <v>6</v>
       </c>
       <c r="M135" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N135" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q135" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R135" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S135" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T135" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U135" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V135" s="24" t="s">
         <v>128</v>
       </c>
       <c r="W135" s="24" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="X135" s="24"/>
       <c r="Y135" s="24"/>
       <c r="Z135" s="24"/>
     </row>
     <row r="136" spans="1:26" ht="108">
       <c r="A136" s="23" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E136" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F136" s="24" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="G136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H136" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I136" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J136" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K136" s="24" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="L136" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M136" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N136" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P136" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q136" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R136" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S136" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T136" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U136" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V136" s="24" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="W136" s="24"/>
       <c r="X136" s="24"/>
       <c r="Y136" s="24"/>
       <c r="Z136" s="24"/>
     </row>
     <row r="137" spans="1:26" ht="27" customHeight="1">
       <c r="A137" s="23" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E137" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H137" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I137" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J137" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K137" s="24" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="L137" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M137" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N137" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O137" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P137" s="24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q137" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R137" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S137" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T137" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U137" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V137" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W137" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="X137" s="24"/>
       <c r="Y137" s="24" t="s">
         <v>311</v>
       </c>
       <c r="Z137" s="24"/>
     </row>
     <row r="138" spans="1:26" ht="27" customHeight="1">
       <c r="A138" s="23" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D138" s="24" t="s">
         <v>125</v>
       </c>
       <c r="E138" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G138" s="24" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="H138" s="24" t="s">
         <v>232</v>
       </c>
       <c r="I138" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J138" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K138" s="24" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="L138" s="24">
         <v>6</v>
       </c>
       <c r="M138" s="24" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="O138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q138" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R138" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S138" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T138" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U138" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V138" s="24" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="W138" s="24"/>
       <c r="X138" s="24" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="Y138" s="24" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="Z138" s="24" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="139" spans="1:26" ht="27" customHeight="1">
       <c r="A139" s="23" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B139" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E139" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H139" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I139" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J139" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K139" s="24" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="L139" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M139" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N139" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O139" s="24" t="s">
         <v>305</v>
       </c>
       <c r="P139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R139" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S139" s="24" t="s">
         <v>125</v>
       </c>
       <c r="T139" s="24" t="s">
         <v>124</v>
       </c>
       <c r="U139" s="24" t="s">
         <v>126</v>
       </c>
       <c r="V139" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W139" s="24"/>
       <c r="X139" s="24"/>
       <c r="Y139" s="24"/>
       <c r="Z139" s="24"/>
     </row>
     <row r="140" spans="1:26" ht="150.6" customHeight="1">
       <c r="A140" s="23" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="C140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="D140" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F140" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G140" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I140" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J140" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K140" s="24" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="L140" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N140" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O140" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P140" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q140" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R140" s="33" t="s">
         <v>234</v>
       </c>
       <c r="S140" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T140" s="33" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U140" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V140" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W140" s="24"/>
       <c r="X140" s="24" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="Y140" s="24" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="Z140" s="24"/>
     </row>
     <row r="141" spans="1:26" ht="181.9" customHeight="1">
       <c r="A141" s="23" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E141" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="G141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H141" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I141" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J141" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K141" s="24" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="L141" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M141" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N141" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q141" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R141" s="24" t="s">
         <v>234</v>
       </c>
       <c r="S141" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="T141" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U141" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V141" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W141" s="24"/>
       <c r="X141" s="24" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="Y141" s="24" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="Z141" s="24" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="142" spans="1:26" ht="33" customHeight="1">
       <c r="A142" s="23" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E142" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F142" s="24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H142" s="24" t="s">
         <v>125</v>
       </c>
       <c r="I142" s="24" t="s">
         <v>126</v>
       </c>
       <c r="J142" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K142" s="24" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="L142" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M142" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N142" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P142" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q142" s="24" t="s">
         <v>125</v>
       </c>
       <c r="R142" s="24" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="S142" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T142" s="24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="U142" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V142" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W142" s="24"/>
       <c r="X142" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Y142" s="24" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="Z142" s="24" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="143" spans="1:26" ht="27" customHeight="1">
       <c r="A143" s="23" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E143" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F143" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H143" s="24" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="I143" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J143" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K143" s="24"/>
       <c r="L143" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M143" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N143" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q143" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R143" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S143" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T143" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U143" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V143" s="24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="W143" s="24"/>
       <c r="X143" s="24" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="Y143" s="24"/>
       <c r="Z143" s="24"/>
     </row>
     <row r="144" spans="1:26" ht="27" customHeight="1">
       <c r="A144" s="23" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="D144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="E144" s="24" t="s">
         <v>125</v>
       </c>
       <c r="F144" s="24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="H144" s="24" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="I144" s="24" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J144" s="24" t="s">
         <v>126</v>
       </c>
       <c r="K144" s="24" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="L144" s="24" t="s">
         <v>127</v>
       </c>
       <c r="M144" s="24" t="s">
         <v>125</v>
       </c>
       <c r="N144" s="24" t="s">
         <v>125</v>
       </c>
       <c r="O144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="P144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="Q144" s="24" t="s">
         <v>124</v>
       </c>
       <c r="R144" s="33" t="s">
         <v>126</v>
       </c>
       <c r="S144" s="33" t="s">
         <v>126</v>
       </c>
       <c r="T144" s="33" t="s">
         <v>126</v>
       </c>
       <c r="U144" s="33" t="s">
         <v>126</v>
       </c>
       <c r="V144" s="24" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="W144" s="24"/>
       <c r="X144" s="24" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Y144" s="24" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="Z144" s="24"/>
     </row>
     <row r="146" spans="1:1" ht="22.15" customHeight="1">
       <c r="A146" s="20" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="147" spans="1:1" s="20" customFormat="1" ht="22.15" customHeight="1">
       <c r="A147" s="20" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="148" spans="1:1" ht="22.15" customHeight="1">
       <c r="A148" s="20" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <autoFilter ref="A1:Z1" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:XFC148">
     <sortCondition ref="A9:A148"/>
   </sortState>
   <mergeCells count="17">
-    <mergeCell ref="A3:A4"/>
-[...4 lines deleted...]
-    <mergeCell ref="D3:D4"/>
     <mergeCell ref="X3:Y3"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="V3:V4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="N3:Q3"/>
     <mergeCell ref="R3:U3"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="W3:W4"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="D3:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B47287F3A1B1E4AB534A6E215B59B40" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9147a9e99148ced0d436fb619c94a851">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0b3e579-6294-4a3c-8ce7-976f8056e785" xmlns:ns3="38e74670-9471-4468-836d-18629fb1129a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6990c29eb0f38d0b172acf6d23c7469e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B47287F3A1B1E4AB534A6E215B59B40" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="058e1750b63666023c1c2812979c65ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0b3e579-6294-4a3c-8ce7-976f8056e785" xmlns:ns3="38e74670-9471-4468-836d-18629fb1129a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f535897d52a63f8e38a41da1b40507c" ns2:_="" ns3:_="">
     <xsd:import namespace="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <xsd:import namespace="38e74670-9471-4468-836d-18629fb1129a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -19258,92 +19259,94 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="38e74670-9471-4468-836d-18629fb1129a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0b3e579-6294-4a3c-8ce7-976f8056e785">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51443696-2C98-4A4E-9B60-B1A7C971A382}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{277CCF98-14E6-4509-8967-1FF4AD68A4DE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B308BBAF-0F30-45E4-B8FB-0C7BB28E90A4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE0AA2F4-31C0-4ED2-BBE0-5644A6FD4191}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{277CCF98-14E6-4509-8967-1FF4AD68A4DE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51443696-2C98-4A4E-9B60-B1A7C971A382}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
+    <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>