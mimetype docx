--- v0 (2025-10-11)
+++ v1 (2025-12-09)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="22"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="1938"/>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="61"/>
         <w:gridCol w:w="293"/>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="1626"/>
         <w:gridCol w:w="2521"/>
         <w:gridCol w:w="2197"/>
       </w:tblGrid>
@@ -151,51 +151,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8667"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="16D2FCB4" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="181"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8686" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="12A67494" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="12A67494" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>MSC Booking Form: Shipment to Syria</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="37353BF0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
@@ -521,51 +521,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8667"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="57147A33" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="184"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8686" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7FD986C7" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7FD986C7" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>This document is to be completed by the customer and verified by the MSC Compliance Officer</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="47A0E4BF" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -676,51 +676,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1938"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="0E7AD28B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="184"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1939" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2BF5C45C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2BF5C45C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>Booking Number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="18EBDF29" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
@@ -1183,51 +1183,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1938"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="780A5174" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="162"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1939" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4DF62C32" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4DF62C32" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>Booking Information</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="3EE3C06F" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
@@ -1444,174 +1444,174 @@
               <w:gridCol w:w="2633"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="75A20BB4" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="187"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8655" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2D744313" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2D744313" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>ROUTING</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="61329AE2" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="187"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="64A7E123" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="64A7E123" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Country of origin of the cargo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5649" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1774F986" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="1774F986" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>CHINA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="48B9DD88" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="217"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6D6CB8C6" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6D6CB8C6" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Place of Receipt (City / Country)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5649" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -1647,209 +1647,209 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="028C1353" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="232"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1D747663" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="1D747663" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Port of Loading (Port / Country)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5649" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="17EE6E7D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="17EE6E7D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>SHANGHAI</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="34ECF919" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="247"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="52CDFBDE" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="52CDFBDE" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Port of Discharge (Port / Country)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5649" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="43444DA4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="43444DA4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>LATTAKIA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="6330FD0A" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="232"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="021D03E3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="021D03E3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Place of Delivery (City / Country)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5649" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -1884,123 +1884,123 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="684BE859" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3006" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="69685D38" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="69685D38" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Is the cargo from or in-transit to another country?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3016" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="63CD1F75" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="63CD1F75" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>No</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2633" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4F3CBDD8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4F3CBDD8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Name of Country (if yes):</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="431D9937" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -2225,200 +2225,245 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="3A2990E6" w14:textId="77777777" w:rsidTr="00B504B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="2994"/>
-              <w:gridCol w:w="5701"/>
+              <w:gridCol w:w="2993"/>
+              <w:gridCol w:w="5702"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="7FF3DBFA" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="185"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="42047991" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="42047991" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TERMS OF PAYMENT</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="28377672" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="185"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="494B1455" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="494B1455" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Payment Type:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5715" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6057ED4C" w14:textId="34D60796" w:rsidR="007B7BDE" w:rsidRPr="004C3C4F" w:rsidRDefault="004C3C4F">
+                <w:p w14:paraId="6057ED4C" w14:textId="737337A3" w:rsidR="007B7BDE" w:rsidRPr="004C3C4F" w:rsidRDefault="004C3C4F">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004C3C4F">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>付费方式</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D6013E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>（如果为</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D6013E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">PP, </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D6013E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>只接受</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D6013E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>CNY</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D6013E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>）</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7FDE8A6D" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="215"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="72C7B439" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="72C7B439" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Currency:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5715" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -2453,51 +2498,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="571CB531" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="230"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="17716239" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="17716239" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">If </w:t>
                   </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
@@ -2592,51 +2637,51 @@
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8673"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="35CDAB2F" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8715" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="487E714E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="487E714E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>CONTAINERS</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2E2CE87E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
@@ -2717,51 +2762,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1945"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="096BF082" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1945" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="450C7186" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="450C7186" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Size, Type &amp; Quantity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0CF66201" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -2803,51 +2848,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="6711"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4EE95187" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6727" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="09B70FE4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="09B70FE4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>20DV*1; 40DV*0; 40HC*0; Others*0</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="67E98E9E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -2895,51 +2940,51 @@
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8673"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="306CB8D9" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8715" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="00BEBD31" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="00BEBD31" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>COMMODITY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="55FC3193" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
@@ -3020,51 +3065,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2319"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7AFB28EA" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2319" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="006698A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="006698A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Cargo description</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="105D8895" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3106,51 +3151,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4147"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7635C66C" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4147" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="07F251B8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="07F251B8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>6 digits HS Code* + CAS number (if applicable)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="080A217D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3175,67 +3220,87 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2197"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="090EA3A2" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2205" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="06EE8FC8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-                    <w:t>Purpose of the cargo</w:t>
+                <w:p w14:paraId="06EE8FC8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Purpose </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>of the</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> cargo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="11A82544" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="0E8D1C08" w14:textId="77777777" w:rsidTr="00B504B0">
         <w:trPr>
           <w:trHeight w:val="40"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
           </w:tcPr>
@@ -3411,139 +3476,103 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3390"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7AED5EEE" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3390" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="184AAFD5" w14:textId="77777777" w:rsidR="00B504B0" w:rsidRPr="00422749" w:rsidRDefault="00B504B0" w:rsidP="00B504B0">
-[...17 lines deleted...]
-                  <w:r w:rsidRPr="00422749">
+                <w:p w14:paraId="184AAFD5" w14:textId="166ABDC2" w:rsidR="00B504B0" w:rsidRPr="00131861" w:rsidRDefault="00B504B0" w:rsidP="00B504B0">
+                  <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>必须提供</w:t>
-                  </w:r>
+                  </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>6</w:t>
+                    <w:t>HS code</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>位或以上的有效数字（</w:t>
+                    <w:t>必须提供</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>00</w:t>
+                    <w:t>6</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>、</w:t>
-[...3 lines deleted...]
-                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                    <w:t>位或以上的有效数字</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00131861">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>0000</w:t>
-[...17 lines deleted...]
-                    <w:t>+</w:t>
+                    <w:t xml:space="preserve">      </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>若品名如是化工品或危险品，必须提供</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>CAS NO.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="149A34EF" w14:textId="044841E5" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -3737,70 +3766,79 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2310"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="14B56CF9" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="241"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2319" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="43BA2241" w14:textId="77777777" w:rsidR="00B504B0" w:rsidRPr="00422749" w:rsidRDefault="00B504B0" w:rsidP="00B504B0">
+                <w:p w14:paraId="43BA2241" w14:textId="797ABD27" w:rsidR="00B504B0" w:rsidRPr="00422749" w:rsidRDefault="00B504B0" w:rsidP="00B504B0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>货物详细品名</w:t>
                   </w:r>
-                </w:p>
-                <w:p w14:paraId="631AC2F0" w14:textId="466FA282" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                  <w:r w:rsidR="0018300D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>（需要与订舱一致）</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="631AC2F0" w14:textId="466FA282" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:br/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0F2242A2" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -4175,51 +4213,51 @@
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2310"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="779A3262" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2319" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="07CDA75C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="07CDA75C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>*EU HS Code system</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="718BE21E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4402,95 +4440,95 @@
               <w:gridCol w:w="5661"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="25355944" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4F55A640" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4F55A640" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>BOOKING PARTY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="2122F273" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0AAE3E5A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="0AAE3E5A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -4551,51 +4589,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4178B523" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="54BBE77D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="54BBE77D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Complete Address *</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -4656,51 +4694,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="29E37A68" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4EC9C865" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4EC9C865" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -4772,207 +4810,207 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="3308CBE4" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="16DBACF1" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="16DBACF1" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="04866622" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="04866622" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>No Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="53D0D71A" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="401"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7382C3BD" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7382C3BD" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7A9C28A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7A9C28A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Freight forwarder to submit EDI bookings and provide Customs declaration service.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="784FAB4F" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0DD8D617" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="0DD8D617" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -5016,68 +5054,90 @@
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="7FAB03D3" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="236BFBAC" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="236BFBAC" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>*PO Box not sufficient. Full address required. This applies for all parties.</w:t>
+                    <w:t xml:space="preserve">*PO Box not sufficient. Full address required. This applies </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>for</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> all parties.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5EBEA0B9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4C9261AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
           </w:tcPr>
@@ -5392,95 +5452,95 @@
               <w:gridCol w:w="5661"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="718FD5BC" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3DA30A3E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3DA30A3E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>SHIPPER</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="057B8647" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="36078542" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="36078542" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -5532,51 +5592,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="05F40C52" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6EDAF2AF" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6EDAF2AF" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>Complete Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -5629,51 +5689,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="536C5191" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7E894B66" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7E894B66" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -5725,51 +5785,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="6FF5E95B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7D82045C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7D82045C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -5812,129 +5872,138 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4103846A" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="297"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="48064AF5" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="48064AF5" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="34767F6F" w14:textId="65CA0C08" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
+                <w:p w14:paraId="34767F6F" w14:textId="544110EC" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>发货人经营范围，需要如实详细描述</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BC0379">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>（用英语）</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7DCA4F08" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3EFBAE19" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3EFBAE19" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -6312,95 +6381,95 @@
               <w:gridCol w:w="2624"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="1C630213" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="672F8DE9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="672F8DE9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>CONSIGNEE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="31117560" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1D5358D0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="1D5358D0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -6453,51 +6522,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="4F0D0D72" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="05D0BFAB" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="05D0BFAB" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Complete Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -6550,51 +6619,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="08B2C66C" w14:textId="77777777" w:rsidTr="00422749">
               <w:trPr>
                 <w:trHeight w:val="259"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="42C9B1B2" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="42C9B1B2" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -6647,51 +6716,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="0A9E260D" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4D72D342" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4D72D342" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website (if available)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -6735,266 +6804,324 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="58F61C03" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="552"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="702687D4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="702687D4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1135B852" w14:textId="46336F68" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
+                <w:p w14:paraId="1135B852" w14:textId="40DD22C3" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>收货人经营范围，需要如实详细描述</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BC0379">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>（用英语）</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2639" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="54ECCF45" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...26 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="54ECCF45" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Are they </w:t>
+                  </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
+                    <w:t>a FFW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> or customs broker? </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1BD86DB9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
                     <w:t>Yes:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="SimSun" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>口</w:t>
                   </w:r>
                   <w:proofErr w:type="gramEnd"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> No:</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>No:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="SimSun" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>口</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="6A15EF66" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="749D75B4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="749D75B4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="57B979B1" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-                    <w:t>SY100119</w:t>
+                <w:p w14:paraId="57B979B1" w14:textId="38F7D302" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00B660DA">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>收</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>货人</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>MSC code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="668E0807" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="181C6188" w14:textId="77777777" w:rsidTr="00B504B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A52FF9B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:pStyle w:val="EmptyCellLayoutStyle"/>
@@ -7049,95 +7176,95 @@
               <w:gridCol w:w="2630"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="0C06F824" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6A3E9D2A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6A3E9D2A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>NOTIFY 1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="58C24199" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="026A46D0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="026A46D0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -7190,51 +7317,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="5EB3DF7F" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2F5B6984" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2F5B6984" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -7287,51 +7414,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="6296AD09" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3591F3F6" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3591F3F6" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -7384,51 +7511,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="6FD03488" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="49791699" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="49791699" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website (if available)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -7472,266 +7599,324 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="3538FDEF" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="552"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="217C3D38" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="217C3D38" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="364551E7" w14:textId="7359E013" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
+                <w:p w14:paraId="364551E7" w14:textId="7E8B6961" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="FF0000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>通知人经营范围，需要如实详细描述</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00BC0379">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>（用英语）</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2639" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1C63EC7A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...26 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="1C63EC7A" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Are they </w:t>
+                  </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
+                    <w:t>a FFW</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> or customs broker? </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4073CAD4" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
                     <w:t>Yes:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="SimSun" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>口</w:t>
                   </w:r>
                   <w:proofErr w:type="gramEnd"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> No:</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>No:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="SimSun" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>口</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="11954F1A" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="66728846" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="66728846" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3061" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="52E2C616" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-                    <w:t>SY100119</w:t>
+                <w:p w14:paraId="52E2C616" w14:textId="68341C15" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="003871D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>通知</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>人</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Microsoft YaHei UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="FF0000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>MSC code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="28086267" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="599535DA" w14:textId="77777777" w:rsidTr="00B504B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13D65C13" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:pStyle w:val="EmptyCellLayoutStyle"/>
@@ -7833,51 +8018,51 @@
               <w:gridCol w:w="5660"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="0F66CA40" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="1ED74696" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="1ED74696" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">REAL </w:t>
                   </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
@@ -7899,51 +8084,51 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="3DC2C9A5" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7569C227" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7569C227" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -7968,51 +8153,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="1BFA9E7C" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="74BE854C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="74BE854C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8037,51 +8222,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="08AEF2F8" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="789EC286" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="789EC286" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8106,51 +8291,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="29BC712D" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3AABDA4D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3AABDA4D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8175,51 +8360,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="2E52AFAC" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="297"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3D4E8438" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3D4E8438" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8244,51 +8429,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="6757239B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="352A1C52" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="352A1C52" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8646,95 +8831,95 @@
               <w:gridCol w:w="5661"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="2EF0D277" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="7777500B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7777500B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>NOTIFY 2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="3C55AAB4" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="67C6EC41" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="67C6EC41" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8759,51 +8944,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="0F6711AC" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3D829647" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3D829647" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8828,51 +9013,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="13891952" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="001DA098" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="001DA098" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -8897,129 +9082,129 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4DB2F174" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0D9D1B8D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="0D9D1B8D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5F36A05D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="5F36A05D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>No Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="119453F9" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="297"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="64E5D33E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="64E5D33E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -9044,51 +9229,51 @@
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="1A032790" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="02662C49" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="02662C49" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -9207,644 +9392,510 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="2988"/>
-              <w:gridCol w:w="5661"/>
+              <w:gridCol w:w="2989"/>
+              <w:gridCol w:w="5660"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="5FEC2F90" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4FCC1302" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4FCC1302" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>INVOICING PARTY</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4F7442EE" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="02E9935D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="02E9935D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Full name</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="55C7076A" w14:textId="44C0A116" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...34 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="55C7076A" w14:textId="4556A693" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="3165A8CF" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="237"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3A3871A3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3A3871A3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Complete Address</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="226C5781" w14:textId="4A3A68BB" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...34 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="226C5781" w14:textId="28412474" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="5A3D431A" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="252"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2409E8D7" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2409E8D7" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Phone number</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2B363934" w14:textId="64ADDB35" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...34 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="2B363934" w14:textId="662041D1" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="5C947717" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7B4413A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7B4413A9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Website</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7DB324B7" w14:textId="07FBBCDE" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...25 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="7DB324B7" w14:textId="7E89DA4B" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="35F7C6F5" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="297"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="46A99BE0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="46A99BE0" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Commercial activity</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="73CDB724" w14:textId="7927550B" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...16 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="73CDB724" w14:textId="09887A9E" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="5A19625C" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2999" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7D98679D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7D98679D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>TMS Code</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5687" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5ACBDE3B" w14:textId="4248BE76" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00422749">
-[...33 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="5ACBDE3B" w14:textId="53D4AD2E" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="1ADF56F7" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="2C507F78" w14:textId="77777777" w:rsidTr="00B504B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="641EFD74" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:pStyle w:val="EmptyCellLayoutStyle"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9946,1036 +9997,1068 @@
               <w:gridCol w:w="1432"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="1FE626B4" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="ADD8E6"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="118DC365" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="118DC365" w14:textId="481CEF0F" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:u w:val="single"/>
                     </w:rPr>
                     <w:t>Compliance Officer Checklist</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">  </w:t>
+                    <w:t xml:space="preserve">   (</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">To be </w:t>
                   </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                    </w:rPr>
-                    <w:t xml:space="preserve">   (</w:t>
+                      <w:u w:val="single"/>
+                    </w:rPr>
+                    <w:t>filled</w:t>
                   </w:r>
                   <w:proofErr w:type="gramEnd"/>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:u w:val="single"/>
                     </w:rPr>
-                    <w:t>To be filled by MSC</w:t>
+                    <w:t xml:space="preserve"> by MSC</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="769DE701" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="207"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5B677CBD" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="5B677CBD" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Parties</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2C294517" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-                    <w:t>Has each party to the shipment been screened in IMPAQ?</w:t>
+                <w:p w14:paraId="2C294517" w14:textId="55C1FA62" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Has each party to the shipment been screened in </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00B878B4">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="eastAsia"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>CSM</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00422749">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="464C4272" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="464C4272" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="19DFA6D9" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="266"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="22B3F82B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="22B3F82B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Parties</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6D444530" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6D444530" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Are any of the parties sanctioned?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6F1F2BC9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6F1F2BC9" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>No</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="706D5F62" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="266"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="34108ACE" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="34108ACE" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Cargo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="79A9CE9C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="79A9CE9C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Has each item been screened against the Banned Cargo List?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="02682558" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="02682558" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="290D6FE1" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="1274"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2EF11835" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2EF11835" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Cargo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="723A7F7E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="723A7F7E" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Is the cargo related to any of the following sectors?</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="493A0799" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="493A0799" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="1079" w:hanging="359"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>1.     Chemicals (including fertilizers &amp; other chemicals)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5242581D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="5242581D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="1079" w:hanging="359"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>2.     Cement</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="563B4114" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="563B4114" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="1079" w:hanging="359"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>3.     Tobacco</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3A3C6F5D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3A3C6F5D" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="1079" w:hanging="359"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>4.     Metallurgical sector (including metal bars, coils, rods)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3B89071F" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3B89071F" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:left="1079" w:hanging="359"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>5.     Mining</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="12E2FCEB" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="12E2FCEB" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>No</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="4655678B" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="626"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="0389E089" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="0389E089" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Escalation Cargo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5B779A6B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="5B779A6B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>If the cargo is related to the 5 sectors listed above, has the shipment received approval from the MSC Geneva Corporate Legal Compliance Team?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="166BF2FC" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="166BF2FC" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="5A7B1FB3" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="372"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="55720999" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="55720999" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Payment Terms</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="12E72513" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="12E72513" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Are the payment terms in line with those authorized for this shipment?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4886125C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="4886125C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7041F1AE" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="407BEC6C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="407BEC6C" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Booking Form</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="6D29AF44" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="6D29AF44" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Have all the fields in this Booking form been checked and completed?</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="7335C135" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="7335C135" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="5B82DB9D" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="2CE1A1EA" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="2CE1A1EA" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
@@ -11058,88 +11141,88 @@
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B504B0" w:rsidRPr="00422749" w14:paraId="30414EB8" w14:textId="77777777" w:rsidTr="00B504B0">
               <w:trPr>
                 <w:trHeight w:val="282"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="46300ED2" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="46300ED2" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Booking Agency</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5491" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3CB560A3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3CB560A3" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>MSC SHANGHAI</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5475B7F8" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -11470,87 +11553,87 @@
               <w:gridCol w:w="1431"/>
               <w:gridCol w:w="1787"/>
               <w:gridCol w:w="1817"/>
               <w:gridCol w:w="1862"/>
             </w:tblGrid>
             <w:tr w:rsidR="007B7BDE" w:rsidRPr="00422749" w14:paraId="7EEB9732" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="794"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1756" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1701C1BA" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="1701C1BA" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Booking Agent</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1434" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="39" w:type="dxa"/>
                     <w:left w:w="39" w:type="dxa"/>
                     <w:bottom w:w="39" w:type="dxa"/>
                     <w:right w:w="39" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="3971ABED" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00000000">
+                <w:p w14:paraId="3971ABED" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="00974B7B">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00422749">
                     <w:rPr>
                       <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>MSC Shanghai</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1794" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="7" w:space="0" w:color="000000"/>
                     <w:left w:val="nil"/>
@@ -11858,229 +11941,230 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4403017B" w14:textId="77777777" w:rsidR="007B7BDE" w:rsidRPr="00422749" w:rsidRDefault="007B7BDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007B7BDE" w:rsidRPr="00422749">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C21C005" w14:textId="77777777" w:rsidR="00E26DD0" w:rsidRDefault="00E26DD0" w:rsidP="00B504B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="33B922F7" w14:textId="77777777" w:rsidR="00E26DD0" w:rsidRDefault="00E26DD0" w:rsidP="00B504B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="DengXian"/>
+    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei UI">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4035DEBF" w14:textId="77777777" w:rsidR="00B504B0" w:rsidRDefault="00B504B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70CF76F1" w14:textId="77777777" w:rsidR="00B504B0" w:rsidRDefault="00B504B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09295CB7" w14:textId="77777777" w:rsidR="00B504B0" w:rsidRDefault="00B504B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0DFE76E6" w14:textId="77777777" w:rsidR="00E26DD0" w:rsidRDefault="00E26DD0" w:rsidP="00B504B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="60C8BA93" w14:textId="77777777" w:rsidR="00E26DD0" w:rsidRDefault="00E26DD0" w:rsidP="00B504B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13805,137 +13889,150 @@
   <w:num w:numId="12" w16cid:durableId="215624709">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2132898884">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1514688585">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1750882075">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2073769170">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1153914784">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="44105873">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useFELayout/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7BDE"/>
+    <w:rsid w:val="00131861"/>
+    <w:rsid w:val="0018300D"/>
     <w:rsid w:val="00192B83"/>
+    <w:rsid w:val="001E3267"/>
+    <w:rsid w:val="003871D3"/>
     <w:rsid w:val="00422749"/>
+    <w:rsid w:val="004C032B"/>
     <w:rsid w:val="004C3C4F"/>
+    <w:rsid w:val="005D3D19"/>
     <w:rsid w:val="007B7BDE"/>
+    <w:rsid w:val="00974B7B"/>
     <w:rsid w:val="00B504B0"/>
+    <w:rsid w:val="00B660DA"/>
+    <w:rsid w:val="00B878B4"/>
+    <w:rsid w:val="00BC0379"/>
+    <w:rsid w:val="00C01BB1"/>
+    <w:rsid w:val="00D6013E"/>
+    <w:rsid w:val="00DA4695"/>
     <w:rsid w:val="00E26DD0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1AD2E6AB"/>
   <w15:docId w15:val="{E4F9EBFE-40D1-4A9C-9E5C-F79A7613F45C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14346,51 +14443,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B504B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B504B0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -14659,67 +14756,67 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>529</Words>
-  <Characters>3016</Characters>
+  <Words>806</Words>
+  <Characters>2663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>532</Lines>
+  <Paragraphs>192</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Syria Booking Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3538</CharactersWithSpaces>
+  <CharactersWithSpaces>3277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Syria Booking Form</dc:title>
   <dc:creator/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>